--- v0 (2025-10-09)
+++ v1 (2025-10-30)
@@ -91,51 +91,51 @@
   <si>
     <t>Krüger Tobias and Kulkarni Yogesh</t>
   </si>
   <si>
     <t>Fehr Frank and Rosin Kristian</t>
   </si>
   <si>
     <t>Eder Steffen and Joiko Patrick</t>
   </si>
   <si>
     <t>Jörg Johannes and Polchow Dirk</t>
   </si>
   <si>
     <t>Wendker Christian and Stroebe Sarah</t>
   </si>
   <si>
     <t>Humbert Nick and Hardt Rainer</t>
   </si>
   <si>
     <t>Hurtig Andreas and Krenz Steffen</t>
   </si>
   <si>
     <t>Rateike Jan and Wehnes Kai</t>
   </si>
   <si>
-    <t>Besser Stefan and Misbah Uddin Syed</t>
+    <t>Besser Stefan and Syed Misbahuddin</t>
   </si>
   <si>
     <t>Gies Oliver and Baumann Stefan</t>
   </si>
   <si>
     <t>Kulkarni Shanay and Kulkarni Rajiv</t>
   </si>
   <si>
     <t>Nebeling Simon and Nebeling Andrea</t>
   </si>
   <si>
     <t>Günes Mürsel and Müller Andreas</t>
   </si>
   <si>
     <t>Weigel Meike and Röder Armin</t>
   </si>
   <si>
     <t>Fiedler Ralf and Pleh Christian</t>
   </si>
   <si>
     <t>Kowalski Longin and Sander Bernhard</t>
   </si>
   <si>
     <t>Hantschel Joey and Metsch Klaus</t>
   </si>