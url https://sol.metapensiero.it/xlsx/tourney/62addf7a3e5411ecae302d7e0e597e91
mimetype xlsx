--- v0 (2025-10-09)
+++ v1 (2025-10-30)
@@ -64,51 +64,51 @@
   <si>
     <t>Date</t>
   </si>
   <si>
     <t>Club</t>
   </si>
   <si>
     <t>French Carrom Federation</t>
   </si>
   <si>
     <t>Championship</t>
   </si>
   <si>
     <t>Championnat de France de Double 2021-22</t>
   </si>
   <si>
     <t>#</t>
   </si>
   <si>
     <t>Competitor</t>
   </si>
   <si>
     <t>Kugathas Selvarasha and Thavarajasingam Nisanthan</t>
   </si>
   <si>
-    <t>Hettiyakandage Gladvin and W. De Alwis Sudath Priyashantha</t>
+    <t>Hettiyakandage Gladwin and W. De Alwis Sudath Priyashantha</t>
   </si>
   <si>
     <t>Liyanage Asha Ashani and Soudidier Olivier</t>
   </si>
   <si>
     <t>Dufour Florian and Hubert Eric</t>
   </si>
   <si>
     <t>Pantzos Athena and Lusardi Frédéric</t>
   </si>
   <si>
     <t>Pidial Yoann and Vignarajah Prashanna</t>
   </si>
   <si>
     <t>Dufour Marie-Anne and Dufour Michel</t>
   </si>
   <si>
     <t>Board</t>
   </si>
   <si>
     <t>Competitor 1</t>
   </si>
   <si>
     <t>Competitor 2</t>
   </si>