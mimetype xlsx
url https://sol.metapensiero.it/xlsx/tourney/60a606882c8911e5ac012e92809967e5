--- v0 (2025-10-09)
+++ v1 (2025-11-19)
@@ -167,51 +167,51 @@
   <si>
     <t>Dubois Pierre</t>
   </si>
   <si>
     <t>Dniffjwq Ykufzn7q</t>
   </si>
   <si>
     <t>Dvifldyq Ruqfnzyi</t>
   </si>
   <si>
     <t>Eder Steffen</t>
   </si>
   <si>
     <t>Eoyfdzuq Mjef654a</t>
   </si>
   <si>
     <t>Eigenmann Stefan</t>
   </si>
   <si>
     <t>Faller Hans</t>
   </si>
   <si>
     <t>Fehr Frank</t>
   </si>
   <si>
-    <t>Fernandez Francisco</t>
+    <t>Fernandes Francisco</t>
   </si>
   <si>
     <t>Gallo Nicolò</t>
   </si>
   <si>
     <t>G3ufcf3a Jemeszla</t>
   </si>
   <si>
     <t>Gaufsf5i Ji4fnpvy</t>
   </si>
   <si>
     <t>Grzegorczuk Kacper</t>
   </si>
   <si>
     <t>Hassan Mehedi</t>
   </si>
   <si>
     <t>Humbert Nick</t>
   </si>
   <si>
     <t>Hurtig Andreas</t>
   </si>
   <si>
     <t>Hussain Mukith</t>
   </si>