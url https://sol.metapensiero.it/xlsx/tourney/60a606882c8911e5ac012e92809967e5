--- v1 (2025-11-19)
+++ v2 (2026-03-09)
@@ -128,69 +128,69 @@
   <si>
     <t>Bollin Carlito</t>
   </si>
   <si>
     <t>Buchmann Walter</t>
   </si>
   <si>
     <t>Böcker Peter</t>
   </si>
   <si>
     <t>Chifdzvi Vimfyh7i</t>
   </si>
   <si>
     <t>Cano Stéphane</t>
   </si>
   <si>
     <t>Cartolano Luigi “gigi”</t>
   </si>
   <si>
     <t>Chavda Natvarsingh</t>
   </si>
   <si>
     <t>Chmelař Tomáš</t>
   </si>
   <si>
-    <t>C3qevhri Tm4fipwi</t>
+    <t>Chobe Thomas</t>
   </si>
   <si>
     <t>Colin Thibault</t>
   </si>
   <si>
     <t>Da Fatti Daniele</t>
   </si>
   <si>
     <t>Dd4fgdty Prigokma</t>
   </si>
   <si>
     <t>Dewangso Rafi</t>
   </si>
   <si>
     <t>Dubois Pierre</t>
   </si>
   <si>
-    <t>Dniffjwq Ykufzn7q</t>
+    <t>Ducher Yuvaradj</t>
   </si>
   <si>
     <t>Dvifldyq Ruqfnzyi</t>
   </si>
   <si>
     <t>Eder Steffen</t>
   </si>
   <si>
     <t>Eoyfdzuq Mjef654a</t>
   </si>
   <si>
     <t>Eigenmann Stefan</t>
   </si>
   <si>
     <t>Faller Hans</t>
   </si>
   <si>
     <t>Fehr Frank</t>
   </si>
   <si>
     <t>Fernandes Francisco</t>
   </si>
   <si>
     <t>Gallo Nicolò</t>
   </si>