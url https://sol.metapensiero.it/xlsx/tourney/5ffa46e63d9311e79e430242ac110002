--- v0 (2025-10-09)
+++ v1 (2025-12-13)
@@ -78,51 +78,51 @@
   <si>
     <t>UKCF Ranking 2016-17</t>
   </si>
   <si>
     <t>#</t>
   </si>
   <si>
     <t>Competitor</t>
   </si>
   <si>
     <t>Abdin Ansar</t>
   </si>
   <si>
     <t>Abdin Karnal</t>
   </si>
   <si>
     <t>Aq4fmrwy S44fir2q</t>
   </si>
   <si>
     <t>Ali Anhar</t>
   </si>
   <si>
     <t>Ali Sunahar</t>
   </si>
   <si>
-    <t>B6qe6zsy Semfhluq</t>
+    <t>Bhide Sunil</t>
   </si>
   <si>
     <t>Chavda Natvarsingh</t>
   </si>
   <si>
     <t>D'Souza Andrew</t>
   </si>
   <si>
     <t>Gaufsf5i Ji4fnpvy</t>
   </si>
   <si>
     <t>Gomes Harvey</t>
   </si>
   <si>
     <t>Hbqfsj4a Deefbrti</t>
   </si>
   <si>
     <t>Hussain Mukith</t>
   </si>
   <si>
     <t>Islam Nazrul</t>
   </si>
   <si>
     <t>Karekar Sandesh</t>
   </si>