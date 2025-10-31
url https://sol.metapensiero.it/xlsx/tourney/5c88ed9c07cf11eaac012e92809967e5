--- v0 (2025-10-09)
+++ v1 (2025-10-31)
@@ -50,51 +50,51 @@
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="291" uniqueCount="47">
   <si>
     <t>Tourney</t>
   </si>
   <si>
     <t>Toulouse Simple 2019-20</t>
   </si>
   <si>
     <t>Location</t>
   </si>
   <si>
     <t>Toulouse</t>
   </si>
   <si>
     <t>Date</t>
   </si>
   <si>
     <t>Club</t>
   </si>
   <si>
-    <t>Paris Carrom Association</t>
+    <t>PCA (Paris)</t>
   </si>
   <si>
     <t>Championship</t>
   </si>
   <si>
     <t>Championnat de France Simple 2019-2020</t>
   </si>
   <si>
     <t>#</t>
   </si>
   <si>
     <t>Competitor</t>
   </si>
   <si>
     <t>Cano Lucien</t>
   </si>
   <si>
     <t>Cano Stéphane</t>
   </si>
   <si>
     <t>Chatelain Mathieu</t>
   </si>
   <si>
     <t>Cieply Jeremy</t>
   </si>