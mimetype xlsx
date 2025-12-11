--- v1 (2025-10-31)
+++ v2 (2025-12-11)
@@ -80,51 +80,51 @@
   <si>
     <t>Championnat de France Simple 2019-2020</t>
   </si>
   <si>
     <t>#</t>
   </si>
   <si>
     <t>Competitor</t>
   </si>
   <si>
     <t>Cano Lucien</t>
   </si>
   <si>
     <t>Cano Stéphane</t>
   </si>
   <si>
     <t>Chatelain Mathieu</t>
   </si>
   <si>
     <t>Cieply Jeremy</t>
   </si>
   <si>
     <t>Dufour Florian</t>
   </si>
   <si>
-    <t>Fernandez Francisco</t>
+    <t>Fernandes Francisco</t>
   </si>
   <si>
     <t>Girault Patrice</t>
   </si>
   <si>
     <t>Kugathas Selvarasha</t>
   </si>
   <si>
     <t>Le Corre Clervie</t>
   </si>
   <si>
     <t>Le Liard Frédéric</t>
   </si>
   <si>
     <t>L5yfcx3i Nfefnbtq</t>
   </si>
   <si>
     <t>Lerouge Benoit</t>
   </si>
   <si>
     <t>Lusardi Frédéric</t>
   </si>
   <si>
     <t>Mothe Christian</t>
   </si>