--- v0 (2025-10-09)
+++ v1 (2025-10-30)
@@ -80,51 +80,51 @@
   <si>
     <t>Competitor</t>
   </si>
   <si>
     <t>Bouillon Jack and Fabre Luc</t>
   </si>
   <si>
     <t>Cano Lucien and Cano Stéphane</t>
   </si>
   <si>
     <t>Carpentier Christian and Suat Patrick</t>
   </si>
   <si>
     <t>Chatelain Mathieu and Roumegous Florence</t>
   </si>
   <si>
     <t>Cieply Jeremy and Munaron Dominique</t>
   </si>
   <si>
     <t>Dumas Sylvie and Morien Benoît</t>
   </si>
   <si>
     <t>Girault Patrice and Toubert Olivier</t>
   </si>
   <si>
-    <t>Hettiyakandage Gladvin and W. De Alwis Sudath Priyashantha</t>
+    <t>Hettiyakandage Gladwin and W. De Alwis Sudath Priyashantha</t>
   </si>
   <si>
     <t>Lerouge Benoit and Lerouge Victor</t>
   </si>
   <si>
     <t>Lusardi Frédéric and Tworek Frédéric</t>
   </si>
   <si>
     <t>Mothe Christian and Mothe Norbert</t>
   </si>
   <si>
     <t>Sieger Alain and Toto Michel</t>
   </si>
   <si>
     <t>Wannuka Fernando Anjula and Warnakulasuriya Antoine</t>
   </si>
   <si>
     <t>Board</t>
   </si>
   <si>
     <t>Competitor 1</t>
   </si>
   <si>
     <t>Competitor 2</t>
   </si>