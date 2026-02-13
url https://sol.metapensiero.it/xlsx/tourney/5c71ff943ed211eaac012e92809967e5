--- v1 (2025-10-30)
+++ v2 (2026-02-13)
@@ -518,51 +518,51 @@
     <col min="1" max="1" width="15.7109375" customWidth="1"/>
     <col min="2" max="2" width="40.7109375" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="2" spans="1:2">
       <c r="A2" s="1" t="s">
         <v>2</v>
       </c>
       <c r="B2" s="2" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="3" spans="1:2">
       <c r="A3" s="1" t="s">
         <v>4</v>
       </c>
       <c r="B3" s="3">
-        <v>43854</v>
+        <v>43855</v>
       </c>
     </row>
     <row r="4" spans="1:2">
       <c r="A4" s="1" t="s">
         <v>5</v>
       </c>
       <c r="B4" s="2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="5" spans="1:2">
       <c r="A5" s="1" t="s">
         <v>7</v>
       </c>
       <c r="B5" s="2" t="s">
         <v>8</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">