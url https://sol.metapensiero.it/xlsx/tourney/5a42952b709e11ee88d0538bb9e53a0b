--- v0 (2025-10-09)
+++ v1 (2025-11-25)
@@ -64,51 +64,51 @@
   <si>
     <t>Date</t>
   </si>
   <si>
     <t>Club</t>
   </si>
   <si>
     <t>United Arab Emirates Carrom Association</t>
   </si>
   <si>
     <t>Championship</t>
   </si>
   <si>
     <t>UAECF Singles</t>
   </si>
   <si>
     <t>#</t>
   </si>
   <si>
     <t>Competitor</t>
   </si>
   <si>
     <t>Abbas Musheer</t>
   </si>
   <si>
-    <t>Adil Meera</t>
+    <t>Khulsa Adil</t>
   </si>
   <si>
     <t>Ali Mansoor</t>
   </si>
   <si>
     <t>Acharya Avinash</t>
   </si>
   <si>
     <t>Bala Mahesh</t>
   </si>
   <si>
     <t>Balasubramaniam Hari Babu</t>
   </si>
   <si>
     <t>Chadangil Mammu</t>
   </si>
   <si>
     <t>Imran Mohammad</t>
   </si>
   <si>
     <t>Kahteb Amanullah B S</t>
   </si>
   <si>
     <t>Fakir Suhail</t>
   </si>
@@ -151,51 +151,51 @@
   <si>
     <t>Khan Feroz</t>
   </si>
   <si>
     <t>Tanzil Mohammed</t>
   </si>
   <si>
     <t>Pragati Pragati</t>
   </si>
   <si>
     <t>Hashim Sajeer</t>
   </si>
   <si>
     <t>Arshad Mubashir</t>
   </si>
   <si>
     <t>Rc Mohan</t>
   </si>
   <si>
     <t>Rizwan Mohammed</t>
   </si>
   <si>
     <t>Kothan Ramkrishnan</t>
   </si>
   <si>
-    <t>Musba Yusha</t>
+    <t>Musba Yusha “YM”</t>
   </si>
   <si>
     <t>Khan Mohamed Azam</t>
   </si>
   <si>
     <t>Board</t>
   </si>
   <si>
     <t>Competitor 1</t>
   </si>
   <si>
     <t>Competitor 2</t>
   </si>
   <si>
     <t>Score 1</t>
   </si>
   <si>
     <t>Score 2</t>
   </si>
   <si>
     <t>Rank</t>
   </si>
   <si>
     <t>Points</t>
   </si>