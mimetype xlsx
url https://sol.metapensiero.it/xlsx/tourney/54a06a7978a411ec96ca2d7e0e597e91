--- v0 (2025-10-09)
+++ v1 (2025-10-29)
@@ -67,60 +67,60 @@
   <si>
     <t>Club</t>
   </si>
   <si>
     <t>French Carrom Federation</t>
   </si>
   <si>
     <t>Championship</t>
   </si>
   <si>
     <t>Championnat de France de Double 2021-22</t>
   </si>
   <si>
     <t>#</t>
   </si>
   <si>
     <t>Competitor</t>
   </si>
   <si>
     <t>Berthélémy Thierry and Dubus Roland</t>
   </si>
   <si>
     <t>Lusardi Frédéric and Tworek Frédéric</t>
   </si>
   <si>
-    <t>Toubert Olivier and Toubert Remy</t>
+    <t>Toubert Olivier and Toubert Rémy</t>
   </si>
   <si>
     <t>Venou Mouraly and Rayar Gérard</t>
   </si>
   <si>
     <t>Rajadurai Alfred and Soudidier Olivier</t>
   </si>
   <si>
-    <t>Hettiyakandage Gladvin and Liyanage Asha Ashani</t>
+    <t>Hettiyakandage Gladwin and Liyanage Asha Ashani</t>
   </si>
   <si>
     <t>Wannuka Fernando Anjula and Warnakulasuriya Antoine</t>
   </si>
   <si>
     <t>Roussel Hugues and Roussel Rudy</t>
   </si>
   <si>
     <t>Pidial Yoann and Vignarajah Prashanna</t>
   </si>
   <si>
     <t>Kugathas Selvarasha and Thavarajasingam Nisanthan</t>
   </si>
   <si>
     <t>Pantzos Athena and Palande Vinay</t>
   </si>
   <si>
     <t>Vignarajah Sanjay and Saravanah Jesuran</t>
   </si>
   <si>
     <t>Board</t>
   </si>
   <si>
     <t>Competitor 1</t>
   </si>