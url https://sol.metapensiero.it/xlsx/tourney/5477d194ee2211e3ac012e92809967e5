--- v0 (2025-10-09)
+++ v1 (2026-03-09)
@@ -88,51 +88,51 @@
   <si>
     <t>Competitor</t>
   </si>
   <si>
     <t>Abdin Ansar</t>
   </si>
   <si>
     <t>Abdin Karnal</t>
   </si>
   <si>
     <t>Ao4fblvi Dtqfbdwq</t>
   </si>
   <si>
     <t>Awme3vqq Mpmfwgca</t>
   </si>
   <si>
     <t>Acufovsq Rfufd3tq</t>
   </si>
   <si>
     <t>Ali Sunahar</t>
   </si>
   <si>
     <t>Böcker Peter</t>
   </si>
   <si>
-    <t>C3qevhri Tm4fipwi</t>
+    <t>Chobe Thomas</t>
   </si>
   <si>
     <t>Colin Thibault</t>
   </si>
   <si>
     <t>D'Souza Andrew</t>
   </si>
   <si>
     <t>Dd4fgdty Prigokma</t>
   </si>
   <si>
     <t>Dubois Pierre</t>
   </si>
   <si>
     <t>Haqffhua Trifctza</t>
   </si>
   <si>
     <t>Islam Nazrul</t>
   </si>
   <si>
     <t>Jupiter Sattirabady</t>
   </si>
   <si>
     <t>Khan Abdul</t>
   </si>