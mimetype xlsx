--- v0 (2025-10-09)
+++ v1 (2025-10-29)
@@ -149,51 +149,51 @@
   <si>
     <t>Venou Mouraly</t>
   </si>
   <si>
     <t>Warnakulasuriya Antoine</t>
   </si>
   <si>
     <t>Wannuka Fernando Anjula</t>
   </si>
   <si>
     <t>Cano Stéphane</t>
   </si>
   <si>
     <t>Cano Lucien</t>
   </si>
   <si>
     <t>Dufour Natanaël</t>
   </si>
   <si>
     <t>Nessakh Karim</t>
   </si>
   <si>
     <t>Bozon Emmanuel</t>
   </si>
   <si>
-    <t>Hettiyakandage Gladvin</t>
+    <t>Hettiyakandage Gladwin</t>
   </si>
   <si>
     <t>Jalabert Bernard</t>
   </si>
   <si>
     <t>Bernabeu Julien</t>
   </si>
   <si>
     <t>Oak Chinmay</t>
   </si>
   <si>
     <t>Le Liard Frédéric</t>
   </si>
   <si>
     <t>Bonicel Chloé</t>
   </si>
   <si>
     <t>Board</t>
   </si>
   <si>
     <t>Competitor 1</t>
   </si>
   <si>
     <t>Competitor 2</t>
   </si>