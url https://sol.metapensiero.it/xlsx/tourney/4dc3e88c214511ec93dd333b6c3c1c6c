--- v0 (2025-10-09)
+++ v1 (2025-10-30)
@@ -125,51 +125,51 @@
   <si>
     <t>Hürlimann Lorenzo</t>
   </si>
   <si>
     <t>Padmavathi M. Prakash</t>
   </si>
   <si>
     <t>Montillier Alain</t>
   </si>
   <si>
     <t>Oak Chinmay</t>
   </si>
   <si>
     <t>Pande Mahavir</t>
   </si>
   <si>
     <t>Vignarajah Prashanna</t>
   </si>
   <si>
     <t>Tworek Frédéric</t>
   </si>
   <si>
     <t>Fernandez Francisco</t>
   </si>
   <si>
-    <t>Hettiyakandage Gladvin</t>
+    <t>Hettiyakandage Gladwin</t>
   </si>
   <si>
     <t>Kugathas Selvarasha</t>
   </si>
   <si>
     <t>Venou Mouraly</t>
   </si>
   <si>
     <t>W. De Alwis Sudath Priyashantha</t>
   </si>
   <si>
     <t>Cano Lucien</t>
   </si>
   <si>
     <t>Cano Stéphane</t>
   </si>
   <si>
     <t>Board</t>
   </si>
   <si>
     <t>Competitor 1</t>
   </si>
   <si>
     <t>Competitor 2</t>
   </si>