--- v1 (2025-10-30)
+++ v2 (2025-12-13)
@@ -122,51 +122,51 @@
   <si>
     <t>Servel Jérémie</t>
   </si>
   <si>
     <t>Hürlimann Lorenzo</t>
   </si>
   <si>
     <t>Padmavathi M. Prakash</t>
   </si>
   <si>
     <t>Montillier Alain</t>
   </si>
   <si>
     <t>Oak Chinmay</t>
   </si>
   <si>
     <t>Pande Mahavir</t>
   </si>
   <si>
     <t>Vignarajah Prashanna</t>
   </si>
   <si>
     <t>Tworek Frédéric</t>
   </si>
   <si>
-    <t>Fernandez Francisco</t>
+    <t>Fernandes Francisco</t>
   </si>
   <si>
     <t>Hettiyakandage Gladwin</t>
   </si>
   <si>
     <t>Kugathas Selvarasha</t>
   </si>
   <si>
     <t>Venou Mouraly</t>
   </si>
   <si>
     <t>W. De Alwis Sudath Priyashantha</t>
   </si>
   <si>
     <t>Cano Lucien</t>
   </si>
   <si>
     <t>Cano Stéphane</t>
   </si>
   <si>
     <t>Board</t>
   </si>
   <si>
     <t>Competitor 1</t>
   </si>