--- v0 (2025-10-09)
+++ v1 (2025-12-13)
@@ -194,51 +194,51 @@
   <si>
     <t>Kumari Rashmi</t>
   </si>
   <si>
     <t>Komaravelli Srinivas</t>
   </si>
   <si>
     <t>Saikumar Apoorwa</t>
   </si>
   <si>
     <t>Iqbal Mantasha</t>
   </si>
   <si>
     <t>Kathavarayan Nagajothi</t>
   </si>
   <si>
     <t>Baskar Mithra Vijaya</t>
   </si>
   <si>
     <t>Gufran Mohammed</t>
   </si>
   <si>
     <t>Pasha Zaheer</t>
   </si>
   <si>
-    <t>Dattatray Tripankar Abhijit</t>
+    <t>Tripankar Abhijit</t>
   </si>
   <si>
     <t>Dutta Jugal Kishor</t>
   </si>
   <si>
     <t>Najeeb P V Abdul</t>
   </si>
   <si>
     <t>Arora Ajay</t>
   </si>
   <si>
     <t>Jose Shibu</t>
   </si>
   <si>
     <t>Munagala Umamaheswari</t>
   </si>
   <si>
     <t>Balasubramanyam Murali</t>
   </si>
   <si>
     <t>Pandit Parag</t>
   </si>
   <si>
     <t>Duduka Tejasvi</t>
   </si>