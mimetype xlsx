--- v1 (2025-12-13)
+++ v2 (2026-03-30)
@@ -398,51 +398,51 @@
   <si>
     <t>Karunathilka Kadz</t>
   </si>
   <si>
     <t>Gamage Maduranga</t>
   </si>
   <si>
     <t>Gvnd Sireesha</t>
   </si>
   <si>
     <t>Asuri Mahathi</t>
   </si>
   <si>
     <t>More Bhagyashri</t>
   </si>
   <si>
     <t>Karri Srividya</t>
   </si>
   <si>
     <t>Baraskar Nilesh</t>
   </si>
   <si>
     <t>Banala Raghuram</t>
   </si>
   <si>
-    <t>Raj Srivishnu Thendral</t>
+    <t>Thendralraj Srivishnu</t>
   </si>
   <si>
     <t>Kv Rajagopalan</t>
   </si>
   <si>
     <t>Bommaraju Srikranthi</t>
   </si>
   <si>
     <t>Kanduri Sumitra</t>
   </si>
   <si>
     <t>Ismail Abdul Mutalib</t>
   </si>
   <si>
     <t>U P Abdulsalam</t>
   </si>
   <si>
     <t>Thahir P P Syed</t>
   </si>
   <si>
     <t>P F Yoosuf Afsal Yoosuf</t>
   </si>
   <si>
     <t>Perera Udesh Chandima</t>
   </si>