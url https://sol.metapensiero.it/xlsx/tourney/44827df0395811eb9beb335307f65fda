--- v0 (2025-10-09)
+++ v1 (2025-10-30)
@@ -54,51 +54,51 @@
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="282" uniqueCount="38">
   <si>
     <t>Tourney</t>
   </si>
   <si>
     <t>FFCarrom Online</t>
   </si>
   <si>
     <t>Location</t>
   </si>
   <si>
     <t>Stayathome</t>
   </si>
   <si>
     <t>Date</t>
   </si>
   <si>
     <t>Club</t>
   </si>
   <si>
-    <t>Paris Carrom Association</t>
+    <t>PCA (Paris)</t>
   </si>
   <si>
     <t>Championship</t>
   </si>
   <si>
     <t>Corona Carrom 2020</t>
   </si>
   <si>
     <t>#</t>
   </si>
   <si>
     <t>Competitor</t>
   </si>
   <si>
     <t>Dubois Pierre</t>
   </si>
   <si>
     <t>Dufour Florian</t>
   </si>
   <si>
     <t>Felizardo Renato</t>
   </si>
   <si>
     <t>Fernandez Francisco</t>
   </si>
@@ -111,51 +111,51 @@
   <si>
     <t>Olivier Yoann</t>
   </si>
   <si>
     <t>Pantzos Athena</t>
   </si>
   <si>
     <t>Rajadurai Alfred</t>
   </si>
   <si>
     <t>Soudidier Olivier</t>
   </si>
   <si>
     <t>W. De Alwis Sudath Priyashantha</t>
   </si>
   <si>
     <t>Wannuka Fernando Anjula</t>
   </si>
   <si>
     <t>Venou Mouraly</t>
   </si>
   <si>
     <t>Chatelain Mathieu</t>
   </si>
   <si>
-    <t>Hettiyakandage Gladvin</t>
+    <t>Hettiyakandage Gladwin</t>
   </si>
   <si>
     <t>Thavarajasingam Nisanthan</t>
   </si>
   <si>
     <t>Sieger Kevin</t>
   </si>
   <si>
     <t>Lerouge Benoit</t>
   </si>
   <si>
     <t>Board</t>
   </si>
   <si>
     <t>Competitor 1</t>
   </si>
   <si>
     <t>Competitor 2</t>
   </si>
   <si>
     <t>Score 1</t>
   </si>
   <si>
     <t>Score 2</t>
   </si>