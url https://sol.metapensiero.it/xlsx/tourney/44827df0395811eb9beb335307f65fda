--- v1 (2025-10-30)
+++ v2 (2025-12-13)
@@ -78,51 +78,51 @@
   <si>
     <t>PCA (Paris)</t>
   </si>
   <si>
     <t>Championship</t>
   </si>
   <si>
     <t>Corona Carrom 2020</t>
   </si>
   <si>
     <t>#</t>
   </si>
   <si>
     <t>Competitor</t>
   </si>
   <si>
     <t>Dubois Pierre</t>
   </si>
   <si>
     <t>Dufour Florian</t>
   </si>
   <si>
     <t>Felizardo Renato</t>
   </si>
   <si>
-    <t>Fernandez Francisco</t>
+    <t>Fernandes Francisco</t>
   </si>
   <si>
     <t>Kugathas Selvarasha</t>
   </si>
   <si>
     <t>Lusardi Frédéric</t>
   </si>
   <si>
     <t>Olivier Yoann</t>
   </si>
   <si>
     <t>Pantzos Athena</t>
   </si>
   <si>
     <t>Rajadurai Alfred</t>
   </si>
   <si>
     <t>Soudidier Olivier</t>
   </si>
   <si>
     <t>W. De Alwis Sudath Priyashantha</t>
   </si>
   <si>
     <t>Wannuka Fernando Anjula</t>
   </si>