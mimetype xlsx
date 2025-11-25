--- v0 (2025-10-09)
+++ v1 (2025-11-25)
@@ -85,51 +85,51 @@
   <si>
     <t>Bascarane Dinesh</t>
   </si>
   <si>
     <t>Berthélémy Thierry</t>
   </si>
   <si>
     <t>C3qevhri Tm4fipwi</t>
   </si>
   <si>
     <t>Colin Thibault</t>
   </si>
   <si>
     <t>Dd4fgdty Prigokma</t>
   </si>
   <si>
     <t>Dubois Pierre</t>
   </si>
   <si>
     <t>Felizardo Renato</t>
   </si>
   <si>
     <t>Fsef3kby Lyyfmdzy</t>
   </si>
   <si>
-    <t>Fernandez Francisco</t>
+    <t>Fernandes Francisco</t>
   </si>
   <si>
     <t>Garjah Ariane</t>
   </si>
   <si>
     <t>Haqffhua Trifctza</t>
   </si>
   <si>
     <t>Jupiter Sattirabady</t>
   </si>
   <si>
     <t>Merrer Gauthier</t>
   </si>
   <si>
     <t>Mothe Norbert</t>
   </si>
   <si>
     <t>Pereira Fabian</t>
   </si>
   <si>
     <t>Perkin Julian</t>
   </si>
   <si>
     <t>Pidial Chandrakant</t>
   </si>