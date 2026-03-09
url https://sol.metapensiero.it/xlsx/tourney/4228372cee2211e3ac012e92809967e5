--- v1 (2025-11-25)
+++ v2 (2026-03-09)
@@ -67,51 +67,51 @@
   <si>
     <t>Club</t>
   </si>
   <si>
     <t>Paris WSD</t>
   </si>
   <si>
     <t>Championship</t>
   </si>
   <si>
     <t>2014</t>
   </si>
   <si>
     <t>#</t>
   </si>
   <si>
     <t>Competitor</t>
   </si>
   <si>
     <t>Bascarane Dinesh</t>
   </si>
   <si>
     <t>Berthélémy Thierry</t>
   </si>
   <si>
-    <t>C3qevhri Tm4fipwi</t>
+    <t>Chobe Thomas</t>
   </si>
   <si>
     <t>Colin Thibault</t>
   </si>
   <si>
     <t>Dd4fgdty Prigokma</t>
   </si>
   <si>
     <t>Dubois Pierre</t>
   </si>
   <si>
     <t>Felizardo Renato</t>
   </si>
   <si>
     <t>Fsef3kby Lyyfmdzy</t>
   </si>
   <si>
     <t>Fernandes Francisco</t>
   </si>
   <si>
     <t>Garjah Ariane</t>
   </si>
   <si>
     <t>Haqffhua Trifctza</t>
   </si>