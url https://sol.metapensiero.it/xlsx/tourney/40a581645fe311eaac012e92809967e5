--- v0 (2025-10-09)
+++ v1 (2025-12-13)
@@ -48,51 +48,51 @@
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="247" uniqueCount="42">
   <si>
     <t>Tourney</t>
   </si>
   <si>
     <t>Le Rozier - Simple 2019-20</t>
   </si>
   <si>
     <t>Location</t>
   </si>
   <si>
     <t>Le Rozier</t>
   </si>
   <si>
     <t>Date</t>
   </si>
   <si>
     <t>Club</t>
   </si>
   <si>
-    <t>Paris Carrom Association</t>
+    <t>PCA (Paris)</t>
   </si>
   <si>
     <t>Championship</t>
   </si>
   <si>
     <t>Championnat de France Simple 2019-2020</t>
   </si>
   <si>
     <t>#</t>
   </si>
   <si>
     <t>Competitor</t>
   </si>
   <si>
     <t>Bouillon Jack</t>
   </si>
   <si>
     <t>Cano Lucien</t>
   </si>
   <si>
     <t>Cano Stéphane</t>
   </si>
   <si>
     <t>Chatelain Mathieu</t>
   </si>