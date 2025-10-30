--- v0 (2025-10-09)
+++ v1 (2025-10-30)
@@ -95,51 +95,51 @@
   <si>
     <t>Bourigault Sandrine</t>
   </si>
   <si>
     <t>Capron Frédéric</t>
   </si>
   <si>
     <t>Debethune Samuel</t>
   </si>
   <si>
     <t>Dugué Nadège</t>
   </si>
   <si>
     <t>Dubus Roland</t>
   </si>
   <si>
     <t>Dupont Louis</t>
   </si>
   <si>
     <t>Fernandez Francisco</t>
   </si>
   <si>
     <t>Garjah Ariane</t>
   </si>
   <si>
-    <t>Hettiyakandage Gladvin</t>
+    <t>Hettiyakandage Gladwin</t>
   </si>
   <si>
     <t>Labe Jean-Claude</t>
   </si>
   <si>
     <t>Labussiere Martin</t>
   </si>
   <si>
     <t>Hure Laurent</t>
   </si>
   <si>
     <t>Lusardi Frédéric</t>
   </si>
   <si>
     <t>Malbrancq Jérôme</t>
   </si>
   <si>
     <t>Manten Eric</t>
   </si>
   <si>
     <t>Messeant Eric</t>
   </si>
   <si>
     <t>Messeant Thomas</t>
   </si>
@@ -152,51 +152,51 @@
   <si>
     <t>Pantzos Athena</t>
   </si>
   <si>
     <t>Pidial Laetitia</t>
   </si>
   <si>
     <t>Pidial Steven</t>
   </si>
   <si>
     <t>Pidial Stéphanie</t>
   </si>
   <si>
     <t>Pidial Yoann</t>
   </si>
   <si>
     <t>Rajadurai Alfred</t>
   </si>
   <si>
     <t>Soreau Nicolas</t>
   </si>
   <si>
     <t>Soudidier Olivier</t>
   </si>
   <si>
-    <t>Toubert Remy</t>
+    <t>Toubert Rémy</t>
   </si>
   <si>
     <t>Tworek Frédéric</t>
   </si>
   <si>
     <t>Venou Mouraly</t>
   </si>
   <si>
     <t>Wannuka Fernando Anjula</t>
   </si>
   <si>
     <t>Warnakulasuriya Antoine</t>
   </si>
   <si>
     <t>Yard Frédéric</t>
   </si>
   <si>
     <t>Malbrancq Adam</t>
   </si>
   <si>
     <t>Lucchini Willy</t>
   </si>
   <si>
     <t>Kugathas Selvarasha</t>
   </si>