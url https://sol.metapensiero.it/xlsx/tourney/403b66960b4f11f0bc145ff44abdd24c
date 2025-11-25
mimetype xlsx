--- v1 (2025-10-30)
+++ v2 (2025-11-25)
@@ -89,51 +89,51 @@
   <si>
     <t>Roussel Rudy</t>
   </si>
   <si>
     <t>Berthélémy Thierry</t>
   </si>
   <si>
     <t>Bourigault Sandrine</t>
   </si>
   <si>
     <t>Capron Frédéric</t>
   </si>
   <si>
     <t>Debethune Samuel</t>
   </si>
   <si>
     <t>Dugué Nadège</t>
   </si>
   <si>
     <t>Dubus Roland</t>
   </si>
   <si>
     <t>Dupont Louis</t>
   </si>
   <si>
-    <t>Fernandez Francisco</t>
+    <t>Fernandes Francisco</t>
   </si>
   <si>
     <t>Garjah Ariane</t>
   </si>
   <si>
     <t>Hettiyakandage Gladwin</t>
   </si>
   <si>
     <t>Labe Jean-Claude</t>
   </si>
   <si>
     <t>Labussiere Martin</t>
   </si>
   <si>
     <t>Hure Laurent</t>
   </si>
   <si>
     <t>Lusardi Frédéric</t>
   </si>
   <si>
     <t>Malbrancq Jérôme</t>
   </si>
   <si>
     <t>Manten Eric</t>
   </si>