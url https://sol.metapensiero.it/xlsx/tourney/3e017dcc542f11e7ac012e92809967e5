--- v0 (2025-10-09)
+++ v1 (2025-12-13)
@@ -122,51 +122,51 @@
   <si>
     <t>Chavda Natvarsingh and Sanakal Amar</t>
   </si>
   <si>
     <t>Chmelař Tomáš and Formánek Aleš</t>
   </si>
   <si>
     <t>Colin Thibault and Munaron Dominique</t>
   </si>
   <si>
     <t>Da Fatti Daniele and Tomasi Fabio</t>
   </si>
   <si>
     <t>Donnini Rodolfo “Rudy” and Stucchi Stefano</t>
   </si>
   <si>
     <t>Eigenmann Stefan and Scherrer Kurt</t>
   </si>
   <si>
     <t>Faller Hans and Steiner Armin</t>
   </si>
   <si>
     <t>Fehr Frank and Schnoor Bodo</t>
   </si>
   <si>
-    <t>Fernandez Francisco and Pereira Fabian</t>
+    <t>Fernandes Francisco and Pereira Fabian</t>
   </si>
   <si>
     <t>Fernando Anuradha and Ubhayathunga Amitha</t>
   </si>
   <si>
     <t>Fernando Saman Priyantha and Welikumbura Wasantha</t>
   </si>
   <si>
     <t>Fernando Sasi and Fernando Suresh</t>
   </si>
   <si>
     <t>Garjah Ariane and Pidial Laetitia</t>
   </si>
   <si>
     <t>Gaufsf5i Ji4fnpvy and Weigel Meike</t>
   </si>
   <si>
     <t>Gomes Harvey and Khan Abdul</t>
   </si>
   <si>
     <t>Hardt Rainer and Humbert Nick</t>
   </si>
   <si>
     <t>Hassan Mehedi and Krüger Tobias</t>
   </si>