--- v0 (2025-10-09)
+++ v1 (2025-11-25)
@@ -108,51 +108,51 @@
   <si>
     <t>Kahteb Amanullah B S</t>
   </si>
   <si>
     <t>Kothan Ramkrishnan</t>
   </si>
   <si>
     <t>Kp Jabir</t>
   </si>
   <si>
     <t>Mehdi Mazahir</t>
   </si>
   <si>
     <t>Pillai Vijay N</t>
   </si>
   <si>
     <t>Raj Jerry</t>
   </si>
   <si>
     <t>Randel Germain</t>
   </si>
   <si>
     <t>Tanzil Mohammed</t>
   </si>
   <si>
-    <t>Musba Yusha</t>
+    <t>Musba Yusha “YM”</t>
   </si>
   <si>
     <t>Nayyar Syed</t>
   </si>
   <si>
     <t>Ravishanka Rumesh</t>
   </si>
   <si>
     <t>Newe Parag</t>
   </si>
   <si>
     <t>Ali Mohammed Farooq “Farooq”</t>
   </si>
   <si>
     <t>Golandaz Mohammed Fezal “Fezal”</t>
   </si>
   <si>
     <t>Meyer Josef</t>
   </si>
   <si>
     <t>Khalil Ibrahim</t>
   </si>
   <si>
     <t>Khulsa Adil</t>
   </si>