--- v0 (2025-10-09)
+++ v1 (2025-12-13)
@@ -179,51 +179,51 @@
   <si>
     <t>Schneider Paul</t>
   </si>
   <si>
     <t>Schnoor Bodo</t>
   </si>
   <si>
     <t>Smoljak Filip</t>
   </si>
   <si>
     <t>Sviták Zdeněk</t>
   </si>
   <si>
     <t>S6ee6nra Vfifnzty</t>
   </si>
   <si>
     <t>Těšitel Jan</t>
   </si>
   <si>
     <t>Vormwald Thomas</t>
   </si>
   <si>
     <t>Wegener Bernd</t>
   </si>
   <si>
-    <t>Čmagqgsq Mcygayey</t>
+    <t>Černohous Miroslav</t>
   </si>
   <si>
     <t>Červenka František</t>
   </si>
   <si>
     <t>Board</t>
   </si>
   <si>
     <t>Competitor 1</t>
   </si>
   <si>
     <t>Competitor 2</t>
   </si>
   <si>
     <t>Score 1</t>
   </si>
   <si>
     <t>Score 2</t>
   </si>
   <si>
     <t>Rank</t>
   </si>
   <si>
     <t>Points</t>
   </si>