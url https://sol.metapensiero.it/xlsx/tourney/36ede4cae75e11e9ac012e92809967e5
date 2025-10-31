--- v0 (2025-10-09)
+++ v1 (2025-10-31)
@@ -50,120 +50,120 @@
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="291" uniqueCount="47">
   <si>
     <t>Tourney</t>
   </si>
   <si>
     <t>Tournoi du Simple 13 Octobre 2019</t>
   </si>
   <si>
     <t>Location</t>
   </si>
   <si>
     <t>Neuilly Sur Marne</t>
   </si>
   <si>
     <t>Date</t>
   </si>
   <si>
     <t>Club</t>
   </si>
   <si>
-    <t>Paris Carrom Association</t>
+    <t>PCA (Paris)</t>
   </si>
   <si>
     <t>Championship</t>
   </si>
   <si>
     <t>Championnat de France Simple 2019-2020</t>
   </si>
   <si>
     <t>#</t>
   </si>
   <si>
     <t>Competitor</t>
   </si>
   <si>
     <t>Berthélémy Thierry</t>
   </si>
   <si>
     <t>Cadet Christian</t>
   </si>
   <si>
     <t>Fernandez Francisco</t>
   </si>
   <si>
     <t>Garjah Ariane</t>
   </si>
   <si>
-    <t>Hettiyakandage Gladvin</t>
+    <t>Hettiyakandage Gladwin</t>
   </si>
   <si>
     <t>Kugathas Selvarasha</t>
   </si>
   <si>
     <t>Labussiere Martin</t>
   </si>
   <si>
     <t>Lusardi Frédéric</t>
   </si>
   <si>
     <t>M6qfvkda Smygm2ia</t>
   </si>
   <si>
     <t>Olivier Corinne</t>
   </si>
   <si>
     <t>Pantzos Athena</t>
   </si>
   <si>
     <t>Pereira Fabian</t>
   </si>
   <si>
     <t>Pidial Chandrakant</t>
   </si>
   <si>
     <t>Pidial Steven</t>
   </si>
   <si>
     <t>Pidial Yoann</t>
   </si>
   <si>
     <t>Rajadurai Alfred</t>
   </si>
   <si>
     <t>Thavarajasingam Nisanthan</t>
   </si>
   <si>
     <t>Toubert Olivier</t>
   </si>
   <si>
-    <t>Toubert Remy</t>
+    <t>Toubert Rémy</t>
   </si>
   <si>
     <t>Tworek Frédéric</t>
   </si>
   <si>
     <t>Venou Mouraly</t>
   </si>
   <si>
     <t>Vignarajah Prashanna</t>
   </si>
   <si>
     <t>Wannuka Fernando Anjula</t>
   </si>
   <si>
     <t>Warnakulasuriya Antoine</t>
   </si>
   <si>
     <t>W. De Alwis Sudath Priyashantha</t>
   </si>
   <si>
     <t>Board</t>
   </si>
   <si>
     <t>Competitor 1</t>
   </si>