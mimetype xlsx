--- v1 (2025-10-31)
+++ v2 (2025-12-11)
@@ -71,51 +71,51 @@
   <si>
     <t>Club</t>
   </si>
   <si>
     <t>PCA (Paris)</t>
   </si>
   <si>
     <t>Championship</t>
   </si>
   <si>
     <t>Championnat de France Simple 2019-2020</t>
   </si>
   <si>
     <t>#</t>
   </si>
   <si>
     <t>Competitor</t>
   </si>
   <si>
     <t>Berthélémy Thierry</t>
   </si>
   <si>
     <t>Cadet Christian</t>
   </si>
   <si>
-    <t>Fernandez Francisco</t>
+    <t>Fernandes Francisco</t>
   </si>
   <si>
     <t>Garjah Ariane</t>
   </si>
   <si>
     <t>Hettiyakandage Gladwin</t>
   </si>
   <si>
     <t>Kugathas Selvarasha</t>
   </si>
   <si>
     <t>Labussiere Martin</t>
   </si>
   <si>
     <t>Lusardi Frédéric</t>
   </si>
   <si>
     <t>M6qfvkda Smygm2ia</t>
   </si>
   <si>
     <t>Olivier Corinne</t>
   </si>
   <si>
     <t>Pantzos Athena</t>
   </si>