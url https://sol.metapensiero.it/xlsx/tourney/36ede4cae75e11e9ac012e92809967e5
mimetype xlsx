--- v2 (2025-12-11)
+++ v3 (2026-03-09)
@@ -89,51 +89,51 @@
   <si>
     <t>Berthélémy Thierry</t>
   </si>
   <si>
     <t>Cadet Christian</t>
   </si>
   <si>
     <t>Fernandes Francisco</t>
   </si>
   <si>
     <t>Garjah Ariane</t>
   </si>
   <si>
     <t>Hettiyakandage Gladwin</t>
   </si>
   <si>
     <t>Kugathas Selvarasha</t>
   </si>
   <si>
     <t>Labussiere Martin</t>
   </si>
   <si>
     <t>Lusardi Frédéric</t>
   </si>
   <si>
-    <t>M6qfvkda Smygm2ia</t>
+    <t>Mocherla Saketh Raj</t>
   </si>
   <si>
     <t>Olivier Corinne</t>
   </si>
   <si>
     <t>Pantzos Athena</t>
   </si>
   <si>
     <t>Pereira Fabian</t>
   </si>
   <si>
     <t>Pidial Chandrakant</t>
   </si>
   <si>
     <t>Pidial Steven</t>
   </si>
   <si>
     <t>Pidial Yoann</t>
   </si>
   <si>
     <t>Rajadurai Alfred</t>
   </si>
   <si>
     <t>Thavarajasingam Nisanthan</t>
   </si>