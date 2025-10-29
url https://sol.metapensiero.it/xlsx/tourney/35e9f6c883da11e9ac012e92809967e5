--- v0 (2025-10-09)
+++ v1 (2025-10-29)
@@ -106,51 +106,51 @@
   <si>
     <t>Le Liard Frédéric and Lerouge Benoit</t>
   </si>
   <si>
     <t>Lefebvre Clément and Nessakh Karim</t>
   </si>
   <si>
     <t>Lusardi Frédéric and Tworek Frédéric</t>
   </si>
   <si>
     <t>Mothe Christian and Mothe Norbert</t>
   </si>
   <si>
     <t>Pantzos Athena and Roumegous Florence</t>
   </si>
   <si>
     <t>Pidial Chandrakant and Pidial Yoann</t>
   </si>
   <si>
     <t>Pidial Laetitia and Pidial Stéphanie</t>
   </si>
   <si>
     <t>Sieger Alain and Toto Michel</t>
   </si>
   <si>
-    <t>Sudath Alwis and Hettiyakandage Gladvin</t>
+    <t>Sudath Alwis and Hettiyakandage Gladwin</t>
   </si>
   <si>
     <t>Warnakulasuriya Antoine and Wannuka Fernando Anjula</t>
   </si>
   <si>
     <t>Board</t>
   </si>
   <si>
     <t>Competitor 1</t>
   </si>
   <si>
     <t>Competitor 2</t>
   </si>
   <si>
     <t>Score 1</t>
   </si>
   <si>
     <t>Score 2</t>
   </si>
   <si>
     <t>Phantom</t>
   </si>
   <si>
     <t>Rank</t>
   </si>