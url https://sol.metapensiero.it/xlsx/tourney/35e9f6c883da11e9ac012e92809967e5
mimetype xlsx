--- v1 (2025-10-29)
+++ v2 (2026-01-22)
@@ -106,51 +106,51 @@
   <si>
     <t>Le Liard Frédéric and Lerouge Benoit</t>
   </si>
   <si>
     <t>Lefebvre Clément and Nessakh Karim</t>
   </si>
   <si>
     <t>Lusardi Frédéric and Tworek Frédéric</t>
   </si>
   <si>
     <t>Mothe Christian and Mothe Norbert</t>
   </si>
   <si>
     <t>Pantzos Athena and Roumegous Florence</t>
   </si>
   <si>
     <t>Pidial Chandrakant and Pidial Yoann</t>
   </si>
   <si>
     <t>Pidial Laetitia and Pidial Stéphanie</t>
   </si>
   <si>
     <t>Sieger Alain and Toto Michel</t>
   </si>
   <si>
-    <t>Sudath Alwis and Hettiyakandage Gladwin</t>
+    <t>W. De Alwis Sudath Priyashantha and Hettiyakandage Gladwin</t>
   </si>
   <si>
     <t>Warnakulasuriya Antoine and Wannuka Fernando Anjula</t>
   </si>
   <si>
     <t>Board</t>
   </si>
   <si>
     <t>Competitor 1</t>
   </si>
   <si>
     <t>Competitor 2</t>
   </si>
   <si>
     <t>Score 1</t>
   </si>
   <si>
     <t>Score 2</t>
   </si>
   <si>
     <t>Phantom</t>
   </si>
   <si>
     <t>Rank</t>
   </si>