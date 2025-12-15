--- v0 (2025-10-09)
+++ v1 (2025-12-15)
@@ -261,51 +261,51 @@
   <si>
     <t>Arif Mohamed</t>
   </si>
   <si>
     <t>Dhongade Yogesh</t>
   </si>
   <si>
     <t>Kadam Aakansha</t>
   </si>
   <si>
     <t>Gupta Nidhi</t>
   </si>
   <si>
     <t>Anuruddha Hasitha</t>
   </si>
   <si>
     <t>Himahansi Tarushi</t>
   </si>
   <si>
     <t>Malshani Hirushi</t>
   </si>
   <si>
     <t>S. Shainy</t>
   </si>
   <si>
-    <t>M. Khazime</t>
+    <t>M. Khazima</t>
   </si>
   <si>
     <t>Binti Yop Norhayati</t>
   </si>
   <si>
     <t>Roy Biplob</t>
   </si>
   <si>
     <t>Ryu Ha-Kyoung</t>
   </si>
   <si>
     <t>Preet Singh Raman</t>
   </si>
   <si>
     <t>Karunathilaka Amila</t>
   </si>
   <si>
     <t>Anand Vijay</t>
   </si>
   <si>
     <t>Jiffy Joseph</t>
   </si>
   <si>
     <t>Bommaraju Srikranthi</t>
   </si>