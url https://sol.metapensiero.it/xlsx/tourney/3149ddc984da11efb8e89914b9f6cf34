--- v0 (2025-10-09)
+++ v1 (2025-10-29)
@@ -94,51 +94,51 @@
   <si>
     <t>Girault Patrice and Toubert Olivier</t>
   </si>
   <si>
     <t>Roussel Hugues and Roussel Rudy</t>
   </si>
   <si>
     <t>Keram Lucas and Poisson Stéphane</t>
   </si>
   <si>
     <t>Gourin Rémy and Gourin Christelle</t>
   </si>
   <si>
     <t>Madduma A. - Morin Max and Morin Chrystelle</t>
   </si>
   <si>
     <t>Abdul Wahab Saheb Mohamed Feroz “Feroz” and Dusausoit Lise</t>
   </si>
   <si>
     <t>Dugué Nadège and Messeant Eric</t>
   </si>
   <si>
     <t>Dussaud Gilles and Sheick Hatim</t>
   </si>
   <si>
-    <t>Palande Vinay and Toubert Remy</t>
+    <t>Palande Vinay and Toubert Rémy</t>
   </si>
   <si>
     <t>Chatelain Mathieu and Mom Dodo</t>
   </si>
   <si>
     <t>Nguyen Kim and Thouron Eric</t>
   </si>
   <si>
     <t>Board</t>
   </si>
   <si>
     <t>Competitor 1</t>
   </si>
   <si>
     <t>Competitor 2</t>
   </si>
   <si>
     <t>Score 1</t>
   </si>
   <si>
     <t>Score 2</t>
   </si>
   <si>
     <t>Rank</t>
   </si>