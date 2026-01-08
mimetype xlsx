--- v0 (2025-12-13)
+++ v1 (2026-01-08)
@@ -158,51 +158,51 @@
   <si>
     <t>Cabal Sébastien</t>
   </si>
   <si>
     <t>Kugathas Selvarasha</t>
   </si>
   <si>
     <t>Palande Vinay</t>
   </si>
   <si>
     <t>Thavarajasingam Nisanthan</t>
   </si>
   <si>
     <t>Labe Jean-Claude</t>
   </si>
   <si>
     <t>Pereira Fabian</t>
   </si>
   <si>
     <t>Poisson Stéphane</t>
   </si>
   <si>
     <t>Kedare Vinay</t>
   </si>
   <si>
-    <t>Sudath Alwis</t>
+    <t>W. De Alwis Sudath Priyashantha</t>
   </si>
   <si>
     <t>Board</t>
   </si>
   <si>
     <t>Competitor 1</t>
   </si>
   <si>
     <t>Competitor 2</t>
   </si>
   <si>
     <t>Score 1</t>
   </si>
   <si>
     <t>Score 2</t>
   </si>
   <si>
     <t>Rank</t>
   </si>
   <si>
     <t>Points</t>
   </si>
   <si>
     <t>Bucholz</t>
   </si>