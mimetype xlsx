--- v0 (2025-10-09)
+++ v1 (2025-12-13)
@@ -92,78 +92,78 @@
   <si>
     <t>Anufndvq Mn4f5n7q</t>
   </si>
   <si>
     <t>A5eexnsa Mlyfljwi</t>
   </si>
   <si>
     <t>Awme3vqq Mpmfwgca</t>
   </si>
   <si>
     <t>Anafjfva Sbefadry</t>
   </si>
   <si>
     <t>Ahmed Shuab</t>
   </si>
   <si>
     <t>Abuf4z4y Rdegjwia</t>
   </si>
   <si>
     <t>Aq4fmrwy S44fir2q</t>
   </si>
   <si>
     <t>Ali Anhar</t>
   </si>
   <si>
-    <t>Afieyfla H54fen3q</t>
+    <t>Ali Hussain</t>
   </si>
   <si>
     <t>Acee7xka Rmqfh3wi</t>
   </si>
   <si>
     <t>Ali Sunahar</t>
   </si>
   <si>
     <t>Aqme53ny Mfifut5y</t>
   </si>
   <si>
     <t>Alafzj7i Smienzea</t>
   </si>
   <si>
-    <t>Asee4foq Acye3jki</t>
+    <t>Azim Ali</t>
   </si>
   <si>
     <t>Bae Doh Hun “루팡”</t>
   </si>
   <si>
     <t>Balasubramanyam Murali</t>
   </si>
   <si>
     <t>Bk4fnhuy Rzifaxzi</t>
   </si>
   <si>
-    <t>B5me4tsa Atmesbpi</t>
+    <t>Bhave Atul</t>
   </si>
   <si>
     <t>Bollin Carlito</t>
   </si>
   <si>
     <t>Böcker Peter</t>
   </si>
   <si>
     <t>Cuyfb5yi Ayufgzzi</t>
   </si>
   <si>
     <t>C24e75ra Sr4exxoq</t>
   </si>
   <si>
     <t>Chavda Natvarsingh</t>
   </si>
   <si>
     <t>Chmelař Tomáš</t>
   </si>
   <si>
     <t>Clqeq7ni Jhufizvi</t>
   </si>
   <si>
     <t>Cieply Jeremy</t>
   </si>
@@ -182,75 +182,75 @@
   <si>
     <t>Dubois Pierre</t>
   </si>
   <si>
     <t>Fainaz Aishath</t>
   </si>
   <si>
     <t>Fuaf2ecq Lcyfnlti</t>
   </si>
   <si>
     <t>Fernando Nishantha</t>
   </si>
   <si>
     <t>Formánek Aleš</t>
   </si>
   <si>
     <t>Gallo Nicolò</t>
   </si>
   <si>
     <t>Garjah Ariane</t>
   </si>
   <si>
     <t>Gaufsf5i Ji4fnpvy</t>
   </si>
   <si>
-    <t>Hjifibuy Aiyfpduq</t>
+    <t>Hamid Ahmed</t>
   </si>
   <si>
     <t>Hapuarachchige Dineth</t>
   </si>
   <si>
     <t>Hilmy Mohamed Shaheed</t>
   </si>
   <si>
     <t>Hürlimann Lorenzo</t>
   </si>
   <si>
     <t>Iyyfev2a Jyafitzy</t>
   </si>
   <si>
     <t>Itee6bpa Anqffxwy</t>
   </si>
   <si>
     <t>Jose Shibu</t>
   </si>
   <si>
     <t>Joseph Roshita</t>
   </si>
   <si>
-    <t>Jyyfk7xq Di4fipta</t>
+    <t>Joshi Deep</t>
   </si>
   <si>
     <t>Jmqfarvi N5me4jqy</t>
   </si>
   <si>
     <t>Jung Junoh “jjoh”</t>
   </si>
   <si>
     <t>Jung Juyeong</t>
   </si>
   <si>
     <t>Jupiter Sattirabady</t>
   </si>
   <si>
     <t>Jörg Johannes</t>
   </si>
   <si>
     <t>Keygdchi D34fjb2i</t>
   </si>
   <si>
     <t>Kwygfyna Vuifajya</t>
   </si>
   <si>
     <t>Kxqfntyi Mr4fseaq</t>
   </si>
@@ -350,78 +350,78 @@
   <si>
     <t>Pereira Fabian</t>
   </si>
   <si>
     <t>Philips Patrick</t>
   </si>
   <si>
     <t>Pidial Laetitia</t>
   </si>
   <si>
     <t>Pidial Yoann</t>
   </si>
   <si>
     <t>Pogorzelski Sylwester</t>
   </si>
   <si>
     <t>Rdigcuha Ytafofxq</t>
   </si>
   <si>
     <t>Rajadurai Alfred</t>
   </si>
   <si>
     <t>Russo Christian</t>
   </si>
   <si>
-    <t>Sz4e6pri Sjmfelwa</t>
+    <t>Salim Suzana</t>
   </si>
   <si>
     <t>Sanakal Amar</t>
   </si>
   <si>
     <t>Sa4fi7sy Gsqesroy</t>
   </si>
   <si>
     <t>Srufidwa Srufidwa</t>
   </si>
   <si>
     <t>Sasinski Bartek</t>
   </si>
   <si>
     <t>Sasinski Jakub</t>
   </si>
   <si>
     <t>Soyfteby Sxmfm72i</t>
   </si>
   <si>
     <t>Scherrer Kurt</t>
   </si>
   <si>
     <t>Schierl Pavel “Šéfik”</t>
   </si>
   <si>
-    <t>Sw4fh7xi Tkafnhtq</t>
+    <t>Sehar Tuba</t>
   </si>
   <si>
     <t>Shafqb6q R3qecviq</t>
   </si>
   <si>
     <t>Suygniqi Mr4fbvyq</t>
   </si>
   <si>
     <t>Shetye Aniket</t>
   </si>
   <si>
     <t>Suyf6iba Dfmf3x4i</t>
   </si>
   <si>
     <t>Suba Aminath</t>
   </si>
   <si>
     <t>Sviták Zdeněk</t>
   </si>
   <si>
     <t>Iwańska Magdalena</t>
   </si>
   <si>
     <t>Tkqforuq Sgifrx5a</t>
   </si>