--- v0 (2025-10-09)
+++ v1 (2025-10-29)
@@ -116,75 +116,75 @@
   <si>
     <t>Oak Chinmay</t>
   </si>
   <si>
     <t>Palande Vinay</t>
   </si>
   <si>
     <t>Pereira Fabian</t>
   </si>
   <si>
     <t>Pidial Laetitia</t>
   </si>
   <si>
     <t>Pidial Steven</t>
   </si>
   <si>
     <t>Pidial Stéphanie</t>
   </si>
   <si>
     <t>Rajadurai Alfred</t>
   </si>
   <si>
     <t>Thouron Eric</t>
   </si>
   <si>
-    <t>Toubert Remy</t>
+    <t>Toubert Rémy</t>
   </si>
   <si>
     <t>Venou Mouraly</t>
   </si>
   <si>
     <t>Wannuka Fernando Anjula</t>
   </si>
   <si>
     <t>Warnakulasuriya Antoine</t>
   </si>
   <si>
     <t>Cadet Christian</t>
   </si>
   <si>
     <t>Jupiter Sattirabady</t>
   </si>
   <si>
     <t>Soudidier Olivier</t>
   </si>
   <si>
     <t>W. De Alwis Sudath Priyashantha</t>
   </si>
   <si>
-    <t>Hettiyakandage Gladvin</t>
+    <t>Hettiyakandage Gladwin</t>
   </si>
   <si>
     <t>Lusardi Frédéric</t>
   </si>
   <si>
     <t>Pidial Yoann</t>
   </si>
   <si>
     <t>Mohamed Ibrahime</t>
   </si>
   <si>
     <t>Rafick Mouhamad</t>
   </si>
   <si>
     <t>Toubert Olivier</t>
   </si>
   <si>
     <t>Morin Chrystelle</t>
   </si>
   <si>
     <t>Madduma A. - Morin Max</t>
   </si>
   <si>
     <t>Board</t>
   </si>