--- v1 (2025-10-29)
+++ v2 (2025-12-13)
@@ -83,51 +83,51 @@
   <si>
     <t>#</t>
   </si>
   <si>
     <t>Competitor</t>
   </si>
   <si>
     <t>Abdoullattif Mouhamad</t>
   </si>
   <si>
     <t>Berthélémy Thierry</t>
   </si>
   <si>
     <t>Bourigault Sandrine</t>
   </si>
   <si>
     <t>Dubus Roland</t>
   </si>
   <si>
     <t>Dufour Florian</t>
   </si>
   <si>
     <t>Dufour Natanaël</t>
   </si>
   <si>
-    <t>Fernandez Francisco</t>
+    <t>Fernandes Francisco</t>
   </si>
   <si>
     <t>Garjah Ariane</t>
   </si>
   <si>
     <t>Kugathas Selvarasha</t>
   </si>
   <si>
     <t>Oak Chinmay</t>
   </si>
   <si>
     <t>Palande Vinay</t>
   </si>
   <si>
     <t>Pereira Fabian</t>
   </si>
   <si>
     <t>Pidial Laetitia</t>
   </si>
   <si>
     <t>Pidial Steven</t>
   </si>
   <si>
     <t>Pidial Stéphanie</t>
   </si>