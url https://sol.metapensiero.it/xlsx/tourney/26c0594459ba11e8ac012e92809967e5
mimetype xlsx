--- v0 (2025-10-09)
+++ v1 (2025-10-30)
@@ -98,51 +98,51 @@
   <si>
     <t>Berthélémy Thierry</t>
   </si>
   <si>
     <t>Cano Lucien</t>
   </si>
   <si>
     <t>Cano Stéphane</t>
   </si>
   <si>
     <t>Cieply Jeremy</t>
   </si>
   <si>
     <t>Dubois Pierre</t>
   </si>
   <si>
     <t>Felizardo Renato</t>
   </si>
   <si>
     <t>Fernandez Francisco</t>
   </si>
   <si>
     <t>Garjah Ariane</t>
   </si>
   <si>
-    <t>Hettiyakandage Gladvin</t>
+    <t>Hettiyakandage Gladwin</t>
   </si>
   <si>
     <t>Jupiter Sattirabady</t>
   </si>
   <si>
     <t>Kugathas Selvarasha</t>
   </si>
   <si>
     <t>Le Corre Clervie</t>
   </si>
   <si>
     <t>Lusardi Frédéric</t>
   </si>
   <si>
     <t>Mothe Norbert</t>
   </si>
   <si>
     <t>Munaron Dominique</t>
   </si>
   <si>
     <t>Nessakh Karim</t>
   </si>
   <si>
     <t>Pantzos Athena</t>
   </si>