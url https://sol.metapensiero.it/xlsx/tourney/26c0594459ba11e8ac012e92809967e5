--- v1 (2025-10-30)
+++ v2 (2025-12-13)
@@ -92,51 +92,51 @@
   <si>
     <t>Barthdeepan Vijitha</t>
   </si>
   <si>
     <t>Bascarane Dinesh</t>
   </si>
   <si>
     <t>Berthélémy Thierry</t>
   </si>
   <si>
     <t>Cano Lucien</t>
   </si>
   <si>
     <t>Cano Stéphane</t>
   </si>
   <si>
     <t>Cieply Jeremy</t>
   </si>
   <si>
     <t>Dubois Pierre</t>
   </si>
   <si>
     <t>Felizardo Renato</t>
   </si>
   <si>
-    <t>Fernandez Francisco</t>
+    <t>Fernandes Francisco</t>
   </si>
   <si>
     <t>Garjah Ariane</t>
   </si>
   <si>
     <t>Hettiyakandage Gladwin</t>
   </si>
   <si>
     <t>Jupiter Sattirabady</t>
   </si>
   <si>
     <t>Kugathas Selvarasha</t>
   </si>
   <si>
     <t>Le Corre Clervie</t>
   </si>
   <si>
     <t>Lusardi Frédéric</t>
   </si>
   <si>
     <t>Mothe Norbert</t>
   </si>
   <si>
     <t>Munaron Dominique</t>
   </si>