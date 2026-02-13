--- v2 (2025-12-13)
+++ v3 (2026-02-13)
@@ -152,51 +152,51 @@
   <si>
     <t>Pidial Chandrakant</t>
   </si>
   <si>
     <t>Pidial Laetitia</t>
   </si>
   <si>
     <t>Pidial Steven</t>
   </si>
   <si>
     <t>Pidial Stéphanie</t>
   </si>
   <si>
     <t>Pidial Yoann</t>
   </si>
   <si>
     <t>Rajadurai Alfred</t>
   </si>
   <si>
     <t>Sieger Alain</t>
   </si>
   <si>
     <t>Soudidier Olivier</t>
   </si>
   <si>
-    <t>Sudath Alwis</t>
+    <t>W. De Alwis Sudath Priyashantha</t>
   </si>
   <si>
     <t>Thavarajasingam Nisanthan</t>
   </si>
   <si>
     <t>Toubert Olivier</t>
   </si>
   <si>
     <t>Tworek Frédéric</t>
   </si>
   <si>
     <t>Venou Mouraly</t>
   </si>
   <si>
     <t>Vignarajah Prashanna</t>
   </si>
   <si>
     <t>Wannuka Fernando Anjula</t>
   </si>
   <si>
     <t>Warnakulasuriya Antoine</t>
   </si>
   <si>
     <t>Board</t>
   </si>