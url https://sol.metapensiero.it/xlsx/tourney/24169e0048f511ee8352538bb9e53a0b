--- v0 (2025-10-09)
+++ v1 (2025-10-30)
@@ -209,51 +209,51 @@
   <si>
     <t>Humbert Nick</t>
   </si>
   <si>
     <t>Kumala Rahim</t>
   </si>
   <si>
     <t>Hardt Rainer</t>
   </si>
   <si>
     <t>Stroebe Sarah</t>
   </si>
   <si>
     <t>Krenz Steffen</t>
   </si>
   <si>
     <t>Russo Christian</t>
   </si>
   <si>
     <t>Kracht Andreas</t>
   </si>
   <si>
     <t>Frauenrath Ingo</t>
   </si>
   <si>
-    <t>Misbah Uddin Syed</t>
+    <t>Syed Misbahuddin</t>
   </si>
   <si>
     <t>Board</t>
   </si>
   <si>
     <t>Competitor 1</t>
   </si>
   <si>
     <t>Competitor 2</t>
   </si>
   <si>
     <t>Score 1</t>
   </si>
   <si>
     <t>Score 2</t>
   </si>
   <si>
     <t>Phantom</t>
   </si>
   <si>
     <t>Rank</t>
   </si>
   <si>
     <t>Points</t>
   </si>