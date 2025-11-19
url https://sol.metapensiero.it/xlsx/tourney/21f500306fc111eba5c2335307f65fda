--- v0 (2025-10-09)
+++ v1 (2025-11-19)
@@ -141,51 +141,51 @@
   <si>
     <t>Philips Patrick</t>
   </si>
   <si>
     <t>Morga Pawel</t>
   </si>
   <si>
     <t>Bany Robert</t>
   </si>
   <si>
     <t>Sviták Zdeněk</t>
   </si>
   <si>
     <t>Neleththi Wipul Priyantha</t>
   </si>
   <si>
     <t>Pantzos Athena</t>
   </si>
   <si>
     <t>Venou Mouraly</t>
   </si>
   <si>
     <t>Kugathas Selvarasha</t>
   </si>
   <si>
-    <t>Fernandez Francisco</t>
+    <t>Fernandes Francisco</t>
   </si>
   <si>
     <t>Maestrelli Ugo</t>
   </si>
   <si>
     <t>Lagomarsino Mauro</t>
   </si>
   <si>
     <t>Sanakal Amar</t>
   </si>
   <si>
     <t>Simonazzi Marco</t>
   </si>
   <si>
     <t>Martinelli Paolo</t>
   </si>
   <si>
     <t>Palande Vinay</t>
   </si>
   <si>
     <t>Chakrobarty Sajal</t>
   </si>
   <si>
     <t>Sha Arob</t>
   </si>