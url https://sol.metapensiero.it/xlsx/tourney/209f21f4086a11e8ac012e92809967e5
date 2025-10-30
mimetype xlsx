--- v0 (2025-10-09)
+++ v1 (2025-10-30)
@@ -70,51 +70,51 @@
   <si>
     <t>Date</t>
   </si>
   <si>
     <t>Club</t>
   </si>
   <si>
     <t>Polish Carrom Association</t>
   </si>
   <si>
     <t>Championship</t>
   </si>
   <si>
     <t>Psc 2017/2018</t>
   </si>
   <si>
     <t>#</t>
   </si>
   <si>
     <t>Competitor</t>
   </si>
   <si>
     <t>Abdin Ansar</t>
   </si>
   <si>
-    <t>Aumffpwq Buyfkdwq</t>
+    <t>Anufndvq Mn4f5n7q</t>
   </si>
   <si>
     <t>A6ef4seq Mgufejty</t>
   </si>
   <si>
     <t>Bany Robert</t>
   </si>
   <si>
     <t>Bażyński Jan</t>
   </si>
   <si>
     <t>Byrski Zbigniew</t>
   </si>
   <si>
     <t>Chmelař Ondřej</t>
   </si>
   <si>
     <t>Chmelař Tomáš</t>
   </si>
   <si>
     <t>Dubois Pierre</t>
   </si>
   <si>
     <t>Ddqfevsq M64fdf2q</t>
   </si>