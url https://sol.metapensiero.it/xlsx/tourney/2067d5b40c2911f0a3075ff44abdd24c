--- v0 (2025-10-09)
+++ v1 (2025-10-30)
@@ -73,51 +73,51 @@
   <si>
     <t>Championship</t>
   </si>
   <si>
     <t>Championnat de France de Double 2024-25</t>
   </si>
   <si>
     <t>#</t>
   </si>
   <si>
     <t>Competitor</t>
   </si>
   <si>
     <t>Berthélémy Thierry and Dubus Roland</t>
   </si>
   <si>
     <t>Debethune Samuel and Hure Laurent</t>
   </si>
   <si>
     <t>Dugué Frédéric and Manten Eric</t>
   </si>
   <si>
     <t>Dugué Nadège and Roussel Rudy</t>
   </si>
   <si>
-    <t>Hettiyakandage Gladvin and Pidial Yoann</t>
+    <t>Hettiyakandage Gladwin and Pidial Yoann</t>
   </si>
   <si>
     <t>Labe Jean-Claude and Bourigault Sandrine</t>
   </si>
   <si>
     <t>Labussiere Martin and Soudidier Olivier</t>
   </si>
   <si>
     <t>Lemaitre Ludivine and Napoléon Sylvie</t>
   </si>
   <si>
     <t>Lucchini Willy and Pidial Laetitia</t>
   </si>
   <si>
     <t>Lusardi Frédéric and Tworek Frédéric</t>
   </si>
   <si>
     <t>Malbrancq Jérôme and Yard Frédéric</t>
   </si>
   <si>
     <t>Messeant Eric and Messeant Thomas</t>
   </si>
   <si>
     <t>Pidial Steven and Pidial Stéphanie</t>
   </si>