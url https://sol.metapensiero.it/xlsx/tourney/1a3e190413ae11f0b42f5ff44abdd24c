--- v0 (2025-10-09)
+++ v1 (2025-10-30)
@@ -121,51 +121,51 @@
   <si>
     <t>Venou Mouraly</t>
   </si>
   <si>
     <t>Tworek Frédéric</t>
   </si>
   <si>
     <t>Bourigault Sandrine</t>
   </si>
   <si>
     <t>Merrer Gauthier</t>
   </si>
   <si>
     <t>Palande Vinay</t>
   </si>
   <si>
     <t>Berthélémy Thierry</t>
   </si>
   <si>
     <t>Dubus Roland</t>
   </si>
   <si>
     <t>Fernandez Francisco</t>
   </si>
   <si>
-    <t>Hettiyakandage Gladvin</t>
+    <t>Hettiyakandage Gladwin</t>
   </si>
   <si>
     <t>Warnakulasuriya Antoine</t>
   </si>
   <si>
     <t>Pidial Laetitia</t>
   </si>
   <si>
     <t>Pidial Stéphanie</t>
   </si>
   <si>
     <t>Pidial Yoann</t>
   </si>
   <si>
     <t>Rajadurai Alfred</t>
   </si>
   <si>
     <t>Sivasubramaniam Aswin</t>
   </si>
   <si>
     <t>Bocciarelli Emmanuel</t>
   </si>
   <si>
     <t>Cimetière Loïc</t>
   </si>