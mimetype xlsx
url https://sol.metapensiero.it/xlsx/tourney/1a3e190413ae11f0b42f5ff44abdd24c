--- v1 (2025-10-30)
+++ v2 (2026-01-22)
@@ -118,51 +118,51 @@
   <si>
     <t>Soudidier Olivier</t>
   </si>
   <si>
     <t>Venou Mouraly</t>
   </si>
   <si>
     <t>Tworek Frédéric</t>
   </si>
   <si>
     <t>Bourigault Sandrine</t>
   </si>
   <si>
     <t>Merrer Gauthier</t>
   </si>
   <si>
     <t>Palande Vinay</t>
   </si>
   <si>
     <t>Berthélémy Thierry</t>
   </si>
   <si>
     <t>Dubus Roland</t>
   </si>
   <si>
-    <t>Fernandez Francisco</t>
+    <t>Fernandes Francisco</t>
   </si>
   <si>
     <t>Hettiyakandage Gladwin</t>
   </si>
   <si>
     <t>Warnakulasuriya Antoine</t>
   </si>
   <si>
     <t>Pidial Laetitia</t>
   </si>
   <si>
     <t>Pidial Stéphanie</t>
   </si>
   <si>
     <t>Pidial Yoann</t>
   </si>
   <si>
     <t>Rajadurai Alfred</t>
   </si>
   <si>
     <t>Sivasubramaniam Aswin</t>
   </si>
   <si>
     <t>Bocciarelli Emmanuel</t>
   </si>