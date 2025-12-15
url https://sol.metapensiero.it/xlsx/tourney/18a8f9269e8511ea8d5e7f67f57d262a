--- v0 (2025-10-25)
+++ v1 (2025-12-15)
@@ -67,51 +67,51 @@
   <si>
     <t>Club</t>
   </si>
   <si>
     <t>PCA (Paris)</t>
   </si>
   <si>
     <t>Championship</t>
   </si>
   <si>
     <t>Corona Carrom 2020</t>
   </si>
   <si>
     <t>#</t>
   </si>
   <si>
     <t>Competitor</t>
   </si>
   <si>
     <t>Pereira Fabian</t>
   </si>
   <si>
     <t>Kugathas Selvarasha</t>
   </si>
   <si>
-    <t>Fernandez Francisco</t>
+    <t>Fernandes Francisco</t>
   </si>
   <si>
     <t>Lusardi Frédéric</t>
   </si>
   <si>
     <t>Rajadurai Alfred</t>
   </si>
   <si>
     <t>Venou Mouraly</t>
   </si>
   <si>
     <t>Felizardo Renato</t>
   </si>
   <si>
     <t>Chatelain Mathieu</t>
   </si>
   <si>
     <t>Cieply Jeremy</t>
   </si>
   <si>
     <t>Dufour Florian</t>
   </si>
   <si>
     <t>Labussiere Martin</t>
   </si>