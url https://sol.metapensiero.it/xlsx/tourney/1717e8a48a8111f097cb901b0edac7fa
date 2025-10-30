--- v0 (2025-10-09)
+++ v1 (2025-10-30)
@@ -119,51 +119,51 @@
   <si>
     <t>Sander Bernhard</t>
   </si>
   <si>
     <t>Stroebe Sarah</t>
   </si>
   <si>
     <t>Wendker Christian</t>
   </si>
   <si>
     <t>Humbert Nick</t>
   </si>
   <si>
     <t>Müller-Linow Mark</t>
   </si>
   <si>
     <t>Krenz Steffen</t>
   </si>
   <si>
     <t>Wehnes Kai</t>
   </si>
   <si>
     <t>Rateike Jan</t>
   </si>
   <si>
-    <t>Misbah Uddin Syed</t>
+    <t>Syed Misbahuddin</t>
   </si>
   <si>
     <t>Krishnan Raja</t>
   </si>
   <si>
     <t>Gies Oliver</t>
   </si>
   <si>
     <t>Baumann Stefan</t>
   </si>
   <si>
     <t>Kulkarni Rajiv</t>
   </si>
   <si>
     <t>Kulkarni Yogesh</t>
   </si>
   <si>
     <t>Kulkarni Shanay</t>
   </si>
   <si>
     <t>Nebeling Simon</t>
   </si>
   <si>
     <t>Müller Andreas</t>
   </si>