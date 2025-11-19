--- v0 (2025-10-09)
+++ v1 (2025-11-19)
@@ -83,51 +83,51 @@
   <si>
     <t>#</t>
   </si>
   <si>
     <t>Competitor</t>
   </si>
   <si>
     <t>Nowakowska Paulina and Iwańska Magdalena</t>
   </si>
   <si>
     <t>Bany Robert and Sasinski Jakub</t>
   </si>
   <si>
     <t>Grzegorczuk Kacper and Rzewuski Wojtek</t>
   </si>
   <si>
     <t>Blaut Witold and Blaut Nikodem</t>
   </si>
   <si>
     <t>Gajda Pawel and Hink Piotr</t>
   </si>
   <si>
     <t>Krkavec Lukáš and Bednář Matěj</t>
   </si>
   <si>
-    <t>Pereira Fabian and Fernandez Francisco</t>
+    <t>Pereira Fabian and Fernandes Francisco</t>
   </si>
   <si>
     <t>Sieger Kevin and Olivier Yoann</t>
   </si>
   <si>
     <t>Cano Stéphane and Cano Lucien</t>
   </si>
   <si>
     <t>Jupiter Sattirabady and Berthélémy Thierry</t>
   </si>
   <si>
     <t>Pantzos Athena and Tworek Frédéric</t>
   </si>
   <si>
     <t>Mothe Christian and Pidial Yoann</t>
   </si>
   <si>
     <t>Sander Bernhard and Kaiser Ronny</t>
   </si>
   <si>
     <t>Hurtig Andreas and Schneider Armin</t>
   </si>
   <si>
     <t>Fonseka Deepanie and Aluthgama Prasad</t>
   </si>