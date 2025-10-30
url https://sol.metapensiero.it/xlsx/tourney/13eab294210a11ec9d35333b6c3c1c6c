--- v0 (2025-10-09)
+++ v1 (2025-10-30)
@@ -68,51 +68,51 @@
   <si>
     <t>Date</t>
   </si>
   <si>
     <t>Club</t>
   </si>
   <si>
     <t>French Carrom Federation</t>
   </si>
   <si>
     <t>Championship</t>
   </si>
   <si>
     <t>Championnat de France de Simple 2021-22</t>
   </si>
   <si>
     <t>#</t>
   </si>
   <si>
     <t>Competitor</t>
   </si>
   <si>
     <t>Fernandez Francisco</t>
   </si>
   <si>
-    <t>Hettiyakandage Gladvin</t>
+    <t>Hettiyakandage Gladwin</t>
   </si>
   <si>
     <t>Kugathas Selvarasha</t>
   </si>
   <si>
     <t>Lusardi Frédéric</t>
   </si>
   <si>
     <t>Rajadurai Alfred</t>
   </si>
   <si>
     <t>Soudidier Olivier</t>
   </si>
   <si>
     <t>Thavarajasingam Nisanthan</t>
   </si>
   <si>
     <t>Venou Mouraly</t>
   </si>
   <si>
     <t>W. De Alwis Sudath Priyashantha</t>
   </si>
   <si>
     <t>Pidial Chandrakant</t>
   </si>