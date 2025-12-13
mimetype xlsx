--- v1 (2025-10-30)
+++ v2 (2025-12-13)
@@ -65,51 +65,51 @@
   <si>
     <t>Le Mée Sur Seine</t>
   </si>
   <si>
     <t>Date</t>
   </si>
   <si>
     <t>Club</t>
   </si>
   <si>
     <t>French Carrom Federation</t>
   </si>
   <si>
     <t>Championship</t>
   </si>
   <si>
     <t>Championnat de France de Simple 2021-22</t>
   </si>
   <si>
     <t>#</t>
   </si>
   <si>
     <t>Competitor</t>
   </si>
   <si>
-    <t>Fernandez Francisco</t>
+    <t>Fernandes Francisco</t>
   </si>
   <si>
     <t>Hettiyakandage Gladwin</t>
   </si>
   <si>
     <t>Kugathas Selvarasha</t>
   </si>
   <si>
     <t>Lusardi Frédéric</t>
   </si>
   <si>
     <t>Rajadurai Alfred</t>
   </si>
   <si>
     <t>Soudidier Olivier</t>
   </si>
   <si>
     <t>Thavarajasingam Nisanthan</t>
   </si>
   <si>
     <t>Venou Mouraly</t>
   </si>
   <si>
     <t>W. De Alwis Sudath Priyashantha</t>
   </si>