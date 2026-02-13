--- v0 (2025-10-09)
+++ v1 (2026-02-13)
@@ -87,51 +87,51 @@
   <si>
     <t>Abdin Karnal</t>
   </si>
   <si>
     <t>Babu Saravanan</t>
   </si>
   <si>
     <t>Hassan Mehedi</t>
   </si>
   <si>
     <t>Meyer Josef</t>
   </si>
   <si>
     <t>Pereira Fabian</t>
   </si>
   <si>
     <t>Sieger Kevin</t>
   </si>
   <si>
     <t>Olivier Yoann</t>
   </si>
   <si>
     <t>Sasinski Bartek</t>
   </si>
   <si>
-    <t>Fernandez Francisco</t>
+    <t>Fernandes Francisco</t>
   </si>
   <si>
     <t>Venou Mouraly</t>
   </si>
   <si>
     <t>Kumar Ish</t>
   </si>
   <si>
     <t>Fernando Saman Priyantha</t>
   </si>
   <si>
     <t>Board</t>
   </si>
   <si>
     <t>Competitor 1</t>
   </si>
   <si>
     <t>Competitor 2</t>
   </si>
   <si>
     <t>Score 1</t>
   </si>
   <si>
     <t>Score 2</t>
   </si>