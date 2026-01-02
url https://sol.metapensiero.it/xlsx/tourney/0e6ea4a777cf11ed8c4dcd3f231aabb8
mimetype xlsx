--- v0 (2025-10-09)
+++ v1 (2026-01-02)
@@ -72,51 +72,51 @@
   <si>
     <t>UAE Doubles</t>
   </si>
   <si>
     <t>#</t>
   </si>
   <si>
     <t>Competitor</t>
   </si>
   <si>
     <t>Khan Mohamed Azam and Chicktey Sufiyan</t>
   </si>
   <si>
     <t>Abbas Musheer and Imran Mohammad</t>
   </si>
   <si>
     <t>Randel Germain and Silva Tharinda</t>
   </si>
   <si>
     <t>Debnath Raju and Devmane Kunal</t>
   </si>
   <si>
     <t>Ali Mansoor and Usman Shiyas</t>
   </si>
   <si>
-    <t>Adil Meera and Faquee Abdul Basit</t>
+    <t>Khulsa Adil and Faquee Abdul Basit</t>
   </si>
   <si>
     <t>Khan Ashraf and Chandrasekara Wasana M</t>
   </si>
   <si>
     <t>Kahteb Amanullah B S and Pillai Vijay N</t>
   </si>
   <si>
     <t>Samy Nelson and Balasubramaniam Hari Babu</t>
   </si>
   <si>
     <t>Tallury Venkata Raghuram and Sufiyan Mohammed</t>
   </si>
   <si>
     <t>Tanzil Mohammed and Kokkat Jeslin</t>
   </si>
   <si>
     <t>Ansar Mohamed Ashab and Meyer Josef</t>
   </si>
   <si>
     <t>Alhosani Mohamed and Verma Vicky</t>
   </si>
   <si>
     <t>Chadangil Mammu and Mohideen Miflal</t>
   </si>