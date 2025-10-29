--- v0 (2025-10-09)
+++ v1 (2025-10-29)
@@ -122,51 +122,51 @@
   <si>
     <t>Chatelain Mathieu</t>
   </si>
   <si>
     <t>Ciannarella Franck</t>
   </si>
   <si>
     <t>Blanch Jean-Louis</t>
   </si>
   <si>
     <t>Bozon Emmanuel</t>
   </si>
   <si>
     <t>Girault Patrice</t>
   </si>
   <si>
     <t>Petit Christophe</t>
   </si>
   <si>
     <t>Trompat Dominique</t>
   </si>
   <si>
     <t>Kugathas Selvarasha</t>
   </si>
   <si>
-    <t>Hettiyakandage Gladvin</t>
+    <t>Hettiyakandage Gladwin</t>
   </si>
   <si>
     <t>Boulanger Jacques</t>
   </si>
   <si>
     <t>Venou Mouraly</t>
   </si>
   <si>
     <t>Tworek Frédéric</t>
   </si>
   <si>
     <t>Pidial Yoann</t>
   </si>
   <si>
     <t>Bourigault Sandrine</t>
   </si>
   <si>
     <t>Piquemal Fabien</t>
   </si>
   <si>
     <t>Roumegous Florence</t>
   </si>
   <si>
     <t>Dumas Patrice</t>
   </si>