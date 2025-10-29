--- v0 (2025-10-09)
+++ v1 (2025-10-29)
@@ -110,72 +110,72 @@
   <si>
     <t>Messeant Thomas</t>
   </si>
   <si>
     <t>Madduma A. - Morin Max</t>
   </si>
   <si>
     <t>Hure Laurent</t>
   </si>
   <si>
     <t>Morin Chrystelle</t>
   </si>
   <si>
     <t>Pantzos Athena</t>
   </si>
   <si>
     <t>Lusardi Frédéric</t>
   </si>
   <si>
     <t>Napoléon Sylvie</t>
   </si>
   <si>
     <t>Soudidier Olivier</t>
   </si>
   <si>
-    <t>Toubert Remy</t>
+    <t>Toubert Rémy</t>
   </si>
   <si>
     <t>Kugathas Selvarasha</t>
   </si>
   <si>
     <t>Debethune Samuel</t>
   </si>
   <si>
     <t>Quintin Philippe</t>
   </si>
   <si>
     <t>Pidial Laetitia</t>
   </si>
   <si>
     <t>Pidial Steven</t>
   </si>
   <si>
     <t>Pidial Stéphanie</t>
   </si>
   <si>
-    <t>Hettiyakandage Gladvin</t>
+    <t>Hettiyakandage Gladwin</t>
   </si>
   <si>
     <t>Warnakulasuriya Antoine</t>
   </si>
   <si>
     <t>Wannuka Fernando Anjula</t>
   </si>
   <si>
     <t>Rajadurai Alfred</t>
   </si>
   <si>
     <t>Palande Vinay</t>
   </si>
   <si>
     <t>Venou Mouraly</t>
   </si>
   <si>
     <t>Fernandez Francisco</t>
   </si>
   <si>
     <t>Garjah Ariane</t>
   </si>
   <si>
     <t>Sudath Alwis</t>
   </si>