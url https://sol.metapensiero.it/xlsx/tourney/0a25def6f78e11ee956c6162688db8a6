--- v1 (2025-10-29)
+++ v2 (2025-12-13)
@@ -149,51 +149,51 @@
   <si>
     <t>Pidial Steven</t>
   </si>
   <si>
     <t>Pidial Stéphanie</t>
   </si>
   <si>
     <t>Hettiyakandage Gladwin</t>
   </si>
   <si>
     <t>Warnakulasuriya Antoine</t>
   </si>
   <si>
     <t>Wannuka Fernando Anjula</t>
   </si>
   <si>
     <t>Rajadurai Alfred</t>
   </si>
   <si>
     <t>Palande Vinay</t>
   </si>
   <si>
     <t>Venou Mouraly</t>
   </si>
   <si>
-    <t>Fernandez Francisco</t>
+    <t>Fernandes Francisco</t>
   </si>
   <si>
     <t>Garjah Ariane</t>
   </si>
   <si>
     <t>Sudath Alwis</t>
   </si>
   <si>
     <t>Sypczuk-Payen Maé</t>
   </si>
   <si>
     <t>Dupont Louis</t>
   </si>
   <si>
     <t>Foulon François</t>
   </si>
   <si>
     <t>Przyszczykowski Cédric</t>
   </si>
   <si>
     <t>Board</t>
   </si>
   <si>
     <t>Competitor 1</t>
   </si>