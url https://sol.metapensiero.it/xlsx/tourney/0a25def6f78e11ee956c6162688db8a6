--- v2 (2025-12-13)
+++ v3 (2026-01-22)
@@ -155,51 +155,51 @@
   <si>
     <t>Hettiyakandage Gladwin</t>
   </si>
   <si>
     <t>Warnakulasuriya Antoine</t>
   </si>
   <si>
     <t>Wannuka Fernando Anjula</t>
   </si>
   <si>
     <t>Rajadurai Alfred</t>
   </si>
   <si>
     <t>Palande Vinay</t>
   </si>
   <si>
     <t>Venou Mouraly</t>
   </si>
   <si>
     <t>Fernandes Francisco</t>
   </si>
   <si>
     <t>Garjah Ariane</t>
   </si>
   <si>
-    <t>Sudath Alwis</t>
+    <t>W. De Alwis Sudath Priyashantha</t>
   </si>
   <si>
     <t>Sypczuk-Payen Maé</t>
   </si>
   <si>
     <t>Dupont Louis</t>
   </si>
   <si>
     <t>Foulon François</t>
   </si>
   <si>
     <t>Przyszczykowski Cédric</t>
   </si>
   <si>
     <t>Board</t>
   </si>
   <si>
     <t>Competitor 1</t>
   </si>
   <si>
     <t>Competitor 2</t>
   </si>
   <si>
     <t>Score 1</t>
   </si>