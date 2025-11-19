--- v0 (2025-10-09)
+++ v1 (2025-11-19)
@@ -101,51 +101,51 @@
   <si>
     <t>Cano Lucien</t>
   </si>
   <si>
     <t>Cano Stéphane</t>
   </si>
   <si>
     <t>Cieply Jeremy</t>
   </si>
   <si>
     <t>D6qfjt2y Ssmfcbxa</t>
   </si>
   <si>
     <t>Dubois Pierre</t>
   </si>
   <si>
     <t>Dumas Patrice</t>
   </si>
   <si>
     <t>Dumas Sylvie</t>
   </si>
   <si>
     <t>Fabre Luc</t>
   </si>
   <si>
-    <t>Fernandez Francisco</t>
+    <t>Fernandes Francisco</t>
   </si>
   <si>
     <t>Jalabert Bernard</t>
   </si>
   <si>
     <t>Jupiter Sattirabady</t>
   </si>
   <si>
     <t>Lamy Benoît</t>
   </si>
   <si>
     <t>Le Corre Clervie</t>
   </si>
   <si>
     <t>Le Liard Frédéric</t>
   </si>
   <si>
     <t>L5yfcx3i Nfefnbtq</t>
   </si>
   <si>
     <t>Lerouge Benoit</t>
   </si>
   <si>
     <t>Lerouge Victor</t>
   </si>