--- v1 (2025-11-19)
+++ v2 (2026-03-09)
@@ -128,51 +128,51 @@
   <si>
     <t>Jalabert Bernard</t>
   </si>
   <si>
     <t>Jupiter Sattirabady</t>
   </si>
   <si>
     <t>Lamy Benoît</t>
   </si>
   <si>
     <t>Le Corre Clervie</t>
   </si>
   <si>
     <t>Le Liard Frédéric</t>
   </si>
   <si>
     <t>L5yfcx3i Nfefnbtq</t>
   </si>
   <si>
     <t>Lerouge Benoit</t>
   </si>
   <si>
     <t>Lerouge Victor</t>
   </si>
   <si>
-    <t>Mt4fctwq Qpqftz6y</t>
+    <t>Moret Quentin</t>
   </si>
   <si>
     <t>Mothe Christian</t>
   </si>
   <si>
     <t>Mothe Norbert</t>
   </si>
   <si>
     <t>Munaron Dominique</t>
   </si>
   <si>
     <t>Nessakh Karim</t>
   </si>
   <si>
     <t>Pereira Fabian</t>
   </si>
   <si>
     <t>Pidial Chandrakant</t>
   </si>
   <si>
     <t>Pidial Laetitia</t>
   </si>
   <si>
     <t>Pidial Steven</t>
   </si>