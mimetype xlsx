--- v0 (2025-10-09)
+++ v1 (2025-10-30)
@@ -76,51 +76,51 @@
   <si>
     <t>Championnat de France de Double 2023-24</t>
   </si>
   <si>
     <t>#</t>
   </si>
   <si>
     <t>Competitor</t>
   </si>
   <si>
     <t>Cano Lucien and Cano Stéphane</t>
   </si>
   <si>
     <t>Messeant Eric and Messeant Thomas</t>
   </si>
   <si>
     <t>Roussel Hugues and Roussel Rudy</t>
   </si>
   <si>
     <t>Pidial Laetitia and Pidial Stéphanie</t>
   </si>
   <si>
     <t>Lamy Benoît and Soudidier Olivier</t>
   </si>
   <si>
-    <t>Hettiyakandage Gladvin and Pidial Yoann</t>
+    <t>Hettiyakandage Gladwin and Pidial Yoann</t>
   </si>
   <si>
     <t>Lusardi Frédéric and Kugathas Selvarasha</t>
   </si>
   <si>
     <t>Bourigault Sandrine and Tworek Frédéric</t>
   </si>
   <si>
     <t>Filatre Christophe and Moreau Damien</t>
   </si>
   <si>
     <t>Dupont Louis and Thouron Eric</t>
   </si>
   <si>
     <t>Wannuka Fernando Anjula and Warnakulasuriya Antoine</t>
   </si>
   <si>
     <t>Pidial Steven and Quintin Philippe</t>
   </si>
   <si>
     <t>Board</t>
   </si>
   <si>
     <t>Competitor 1</t>
   </si>