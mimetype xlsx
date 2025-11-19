--- v0 (2025-10-09)
+++ v1 (2025-11-19)
@@ -101,51 +101,51 @@
   <si>
     <t>Navrátil Lukáš</t>
   </si>
   <si>
     <t>Novák Karel “Karlos”</t>
   </si>
   <si>
     <t>Patil Raj</t>
   </si>
   <si>
     <t>Pavela Jirka “Tlegy”</t>
   </si>
   <si>
     <t>Sviták Zdeněk</t>
   </si>
   <si>
     <t>Táborský Zdeněk “Saki”</t>
   </si>
   <si>
     <t>Těšitel Jan</t>
   </si>
   <si>
     <t>Vasanth Neel</t>
   </si>
   <si>
-    <t>Čmagqgsq Mcygayey</t>
+    <t>Černohous Miroslav</t>
   </si>
   <si>
     <t>Červenka František</t>
   </si>
   <si>
     <t>Šimunský Horst</t>
   </si>
   <si>
     <t>Board</t>
   </si>
   <si>
     <t>Competitor 1</t>
   </si>
   <si>
     <t>Competitor 2</t>
   </si>
   <si>
     <t>Score 1</t>
   </si>
   <si>
     <t>Score 2</t>
   </si>
   <si>
     <t>Phantom</t>
   </si>