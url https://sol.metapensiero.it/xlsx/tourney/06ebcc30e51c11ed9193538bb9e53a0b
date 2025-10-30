--- v0 (2025-10-09)
+++ v1 (2025-10-30)
@@ -82,51 +82,51 @@
   <si>
     <t>Competitor</t>
   </si>
   <si>
     <t>Girault Patrice and Toubert Olivier</t>
   </si>
   <si>
     <t>Dufour Florian and Dufour Natanaël</t>
   </si>
   <si>
     <t>Petit Christophe and Thouron Eric</t>
   </si>
   <si>
     <t>Sieger Alain and Sieger Kevin</t>
   </si>
   <si>
     <t>Cano Lucien and Cano Stéphane</t>
   </si>
   <si>
     <t>Bozon Emmanuel and Limosin Bernard</t>
   </si>
   <si>
     <t>Chatelain Mathieu and Lusardi Frédéric</t>
   </si>
   <si>
-    <t>Hettiyakandage Gladvin and Oak Chinmay</t>
+    <t>Hettiyakandage Gladwin and Oak Chinmay</t>
   </si>
   <si>
     <t>Bernabeu Julien and Roumegous Florence</t>
   </si>
   <si>
     <t>Dumas Céline and Dumas Sylvie</t>
   </si>
   <si>
     <t>Le Liard Frédéric and Lerouge Benoit</t>
   </si>
   <si>
     <t>Fabre Luc and Nessakh Karim</t>
   </si>
   <si>
     <t>Warnakulasuriya Antoine and Wannuka Fernando Anjula</t>
   </si>
   <si>
     <t>Bonicel Chloé and Trompat Dominique</t>
   </si>
   <si>
     <t>Dumas Patrice and Redon Nadège</t>
   </si>
   <si>
     <t>Bouillon Jack and Redon Robin</t>
   </si>