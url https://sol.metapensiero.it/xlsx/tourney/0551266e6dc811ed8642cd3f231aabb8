--- v0 (2025-10-09)
+++ v1 (2025-12-13)
@@ -95,51 +95,51 @@
   <si>
     <t>Cano Lucien</t>
   </si>
   <si>
     <t>Cano Stéphane</t>
   </si>
   <si>
     <t>Boulanger Jacques</t>
   </si>
   <si>
     <t>Chatelain Mathieu</t>
   </si>
   <si>
     <t>Cieply Jeremy</t>
   </si>
   <si>
     <t>Cieslak Jidé</t>
   </si>
   <si>
     <t>Dumas Sylvie</t>
   </si>
   <si>
     <t>Fabre Luc</t>
   </si>
   <si>
-    <t>Fernandez Francisco</t>
+    <t>Fernandes Francisco</t>
   </si>
   <si>
     <t>Gerbaut Patrick</t>
   </si>
   <si>
     <t>Jalabert Bernard</t>
   </si>
   <si>
     <t>Le Liard Frédéric</t>
   </si>
   <si>
     <t>Lerouge Benoit</t>
   </si>
   <si>
     <t>Lusardi Frédéric</t>
   </si>
   <si>
     <t>Mothe Christian</t>
   </si>
   <si>
     <t>Nessakh Karim</t>
   </si>
   <si>
     <t>Oak Chinmay</t>
   </si>
@@ -170,51 +170,51 @@
   <si>
     <t>W. De Alwis Sudath Priyashantha</t>
   </si>
   <si>
     <t>Rajadurai Alfred</t>
   </si>
   <si>
     <t>Girault Patrice</t>
   </si>
   <si>
     <t>Palande Vinay</t>
   </si>
   <si>
     <t>Dufour Florian</t>
   </si>
   <si>
     <t>Thouron Eric</t>
   </si>
   <si>
     <t>Kugathas Selvarasha</t>
   </si>
   <si>
     <t>Bouillon Jack</t>
   </si>
   <si>
-    <t>Hettiyakandage Gladvin</t>
+    <t>Hettiyakandage Gladwin</t>
   </si>
   <si>
     <t>Board</t>
   </si>
   <si>
     <t>Competitor 1</t>
   </si>
   <si>
     <t>Competitor 2</t>
   </si>
   <si>
     <t>Score 1</t>
   </si>
   <si>
     <t>Score 2</t>
   </si>
   <si>
     <t>Rank</t>
   </si>
   <si>
     <t>Points</t>
   </si>
   <si>
     <t>Bucholz</t>
   </si>