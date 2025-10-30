--- v0 (2025-10-09)
+++ v1 (2025-10-30)
@@ -79,51 +79,51 @@
   <si>
     <t>Championship</t>
   </si>
   <si>
     <t>Championnat de France de Simple 2023-24</t>
   </si>
   <si>
     <t>#</t>
   </si>
   <si>
     <t>Competitor</t>
   </si>
   <si>
     <t>Cano Lucien</t>
   </si>
   <si>
     <t>Cano Stéphane</t>
   </si>
   <si>
     <t>Cano Tifenn</t>
   </si>
   <si>
     <t>Toubert Olivier</t>
   </si>
   <si>
-    <t>Toubert Remy</t>
+    <t>Toubert Rémy</t>
   </si>
   <si>
     <t>Pereira Fabian</t>
   </si>
   <si>
     <t>Fernandez Francisco</t>
   </si>
   <si>
     <t>Rajadurai Alfred</t>
   </si>
   <si>
     <t>Sieger Alain</t>
   </si>
   <si>
     <t>Sieger Kevin</t>
   </si>
   <si>
     <t>Venou Mouraly</t>
   </si>
   <si>
     <t>Nessakh Karim</t>
   </si>
   <si>
     <t>Mothe Christian</t>
   </si>
@@ -187,60 +187,60 @@
   <si>
     <t>Thouron Eric</t>
   </si>
   <si>
     <t>Bozon Emmanuel</t>
   </si>
   <si>
     <t>Limosin Bernard</t>
   </si>
   <si>
     <t>Trompat Dominique</t>
   </si>
   <si>
     <t>Petit Christophe</t>
   </si>
   <si>
     <t>Gerbaut Patrick</t>
   </si>
   <si>
     <t>Cieply Jeremy</t>
   </si>
   <si>
     <t>Vignarajah Prashanna</t>
   </si>
   <si>
-    <t>Hettiyakandage Gladvin</t>
+    <t>Hettiyakandage Gladwin</t>
   </si>
   <si>
     <t>Wannuka Fernando Anjula</t>
   </si>
   <si>
     <t>Kugathas Selvarasha</t>
   </si>
   <si>
-    <t>Thanarajasingam Nishanta</t>
+    <t>Thavarajasingam Nisanthan</t>
   </si>
   <si>
     <t>Sudath Alwis</t>
   </si>
   <si>
     <t>Board</t>
   </si>
   <si>
     <t>Competitor 1</t>
   </si>
   <si>
     <t>Competitor 2</t>
   </si>
   <si>
     <t>Score 1</t>
   </si>
   <si>
     <t>Score 2</t>
   </si>
   <si>
     <t>Phantom</t>
   </si>
   <si>
     <t>Rank</t>
   </si>