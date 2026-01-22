--- v1 (2025-10-30)
+++ v2 (2026-01-22)
@@ -85,51 +85,51 @@
   <si>
     <t>#</t>
   </si>
   <si>
     <t>Competitor</t>
   </si>
   <si>
     <t>Cano Lucien</t>
   </si>
   <si>
     <t>Cano Stéphane</t>
   </si>
   <si>
     <t>Cano Tifenn</t>
   </si>
   <si>
     <t>Toubert Olivier</t>
   </si>
   <si>
     <t>Toubert Rémy</t>
   </si>
   <si>
     <t>Pereira Fabian</t>
   </si>
   <si>
-    <t>Fernandez Francisco</t>
+    <t>Fernandes Francisco</t>
   </si>
   <si>
     <t>Rajadurai Alfred</t>
   </si>
   <si>
     <t>Sieger Alain</t>
   </si>
   <si>
     <t>Sieger Kevin</t>
   </si>
   <si>
     <t>Venou Mouraly</t>
   </si>
   <si>
     <t>Nessakh Karim</t>
   </si>
   <si>
     <t>Mothe Christian</t>
   </si>
   <si>
     <t>Mothe Norbert</t>
   </si>
   <si>
     <t>Merrer Gauthier</t>
   </si>
@@ -199,51 +199,51 @@
   <si>
     <t>Petit Christophe</t>
   </si>
   <si>
     <t>Gerbaut Patrick</t>
   </si>
   <si>
     <t>Cieply Jeremy</t>
   </si>
   <si>
     <t>Vignarajah Prashanna</t>
   </si>
   <si>
     <t>Hettiyakandage Gladwin</t>
   </si>
   <si>
     <t>Wannuka Fernando Anjula</t>
   </si>
   <si>
     <t>Kugathas Selvarasha</t>
   </si>
   <si>
     <t>Thavarajasingam Nisanthan</t>
   </si>
   <si>
-    <t>Sudath Alwis</t>
+    <t>W. De Alwis Sudath Priyashantha</t>
   </si>
   <si>
     <t>Board</t>
   </si>
   <si>
     <t>Competitor 1</t>
   </si>
   <si>
     <t>Competitor 2</t>
   </si>
   <si>
     <t>Score 1</t>
   </si>
   <si>
     <t>Score 2</t>
   </si>
   <si>
     <t>Phantom</t>
   </si>
   <si>
     <t>Rank</t>
   </si>
   <si>
     <t>Points</t>
   </si>