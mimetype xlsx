--- v0 (2025-10-09)
+++ v1 (2025-10-30)
@@ -83,51 +83,51 @@
   <si>
     <t>#</t>
   </si>
   <si>
     <t>Competitor</t>
   </si>
   <si>
     <t>Warnakulasuriya Antoine</t>
   </si>
   <si>
     <t>Berthélémy Thierry</t>
   </si>
   <si>
     <t>Bourigault Sandrine</t>
   </si>
   <si>
     <t>Dufour Florian</t>
   </si>
   <si>
     <t>Dufour Natanaël</t>
   </si>
   <si>
     <t>Dugué Nadège</t>
   </si>
   <si>
-    <t>Hettiyakandage Gladvin</t>
+    <t>Hettiyakandage Gladwin</t>
   </si>
   <si>
     <t>Keram Lucas</t>
   </si>
   <si>
     <t>Kugathas Selvarasha</t>
   </si>
   <si>
     <t>Oak Chinmay</t>
   </si>
   <si>
     <t>Pantzos Athena</t>
   </si>
   <si>
     <t>Pereira Fabian</t>
   </si>
   <si>
     <t>Pidial Laetitia</t>
   </si>
   <si>
     <t>Pidial Steven</t>
   </si>
   <si>
     <t>Pidial Stéphanie</t>
   </si>