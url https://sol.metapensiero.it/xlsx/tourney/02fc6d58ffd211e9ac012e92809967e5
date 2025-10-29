--- v0 (2025-10-09)
+++ v1 (2025-10-29)
@@ -67,51 +67,51 @@
   <si>
     <t>Club</t>
   </si>
   <si>
     <t>French Carrom Federation</t>
   </si>
   <si>
     <t>Championship</t>
   </si>
   <si>
     <t>Championnat de france de double 2019-2020</t>
   </si>
   <si>
     <t>#</t>
   </si>
   <si>
     <t>Competitor</t>
   </si>
   <si>
     <t>Delorme Alan and Pidial Chandrakant</t>
   </si>
   <si>
     <t>Dufour Florian and Poisson Stéphane</t>
   </si>
   <si>
-    <t>Hettiyakandage Gladvin and W. De Alwis Sudath Priyashantha</t>
+    <t>Hettiyakandage Gladwin and W. De Alwis Sudath Priyashantha</t>
   </si>
   <si>
     <t>Kugathas Selvarasha and Thavarajasingam Nisanthan</t>
   </si>
   <si>
     <t>Labe Jean-Claude and Pidial Laetitia</t>
   </si>
   <si>
     <t>Lusardi Frédéric and Tworek Frédéric</t>
   </si>
   <si>
     <t>Pantzos Athena and Soudidier Olivier</t>
   </si>
   <si>
     <t>Pidial Steven and Pidial Yoann</t>
   </si>
   <si>
     <t>Pidial Stéphanie and Pidial Indranee</t>
   </si>
   <si>
     <t>Wannuka Fernando Anjula and Warnakulasuriya Antoine</t>
   </si>
   <si>
     <t>Board</t>
   </si>