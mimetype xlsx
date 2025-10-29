--- v0 (2025-10-09)
+++ v1 (2025-10-29)
@@ -77,51 +77,51 @@
   <si>
     <t>Championship</t>
   </si>
   <si>
     <t>Championnat de France de Simple 2018-19</t>
   </si>
   <si>
     <t>#</t>
   </si>
   <si>
     <t>Competitor</t>
   </si>
   <si>
     <t>Berthélémy Thierry</t>
   </si>
   <si>
     <t>Delorme Alan</t>
   </si>
   <si>
     <t>Fernandez Francisco</t>
   </si>
   <si>
     <t>Garjah Ariane</t>
   </si>
   <si>
-    <t>Hettiyakandage Gladvin</t>
+    <t>Hettiyakandage Gladwin</t>
   </si>
   <si>
     <t>Kugathas Selvarasha</t>
   </si>
   <si>
     <t>Labe Jean-Claude</t>
   </si>
   <si>
     <t>Lusardi Frédéric</t>
   </si>
   <si>
     <t>M3egqu2y Gsyffdxq</t>
   </si>
   <si>
     <t>Pantzos Athena</t>
   </si>
   <si>
     <t>Pereira Fabian</t>
   </si>
   <si>
     <t>Perkin Julian</t>
   </si>
   <si>
     <t>Pidial Chandrakant</t>
   </si>