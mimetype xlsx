--- v1 (2025-10-29)
+++ v2 (2025-12-13)
@@ -71,51 +71,51 @@
   <si>
     <t>Club</t>
   </si>
   <si>
     <t>French Carrom Federation</t>
   </si>
   <si>
     <t>Championship</t>
   </si>
   <si>
     <t>Championnat de France de Simple 2018-19</t>
   </si>
   <si>
     <t>#</t>
   </si>
   <si>
     <t>Competitor</t>
   </si>
   <si>
     <t>Berthélémy Thierry</t>
   </si>
   <si>
     <t>Delorme Alan</t>
   </si>
   <si>
-    <t>Fernandez Francisco</t>
+    <t>Fernandes Francisco</t>
   </si>
   <si>
     <t>Garjah Ariane</t>
   </si>
   <si>
     <t>Hettiyakandage Gladwin</t>
   </si>
   <si>
     <t>Kugathas Selvarasha</t>
   </si>
   <si>
     <t>Labe Jean-Claude</t>
   </si>
   <si>
     <t>Lusardi Frédéric</t>
   </si>
   <si>
     <t>M3egqu2y Gsyffdxq</t>
   </si>
   <si>
     <t>Pantzos Athena</t>
   </si>
   <si>
     <t>Pereira Fabian</t>
   </si>