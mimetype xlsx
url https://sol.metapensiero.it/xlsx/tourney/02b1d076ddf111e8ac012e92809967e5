--- v2 (2025-12-13)
+++ v3 (2026-03-10)
@@ -89,51 +89,51 @@
   <si>
     <t>Berthélémy Thierry</t>
   </si>
   <si>
     <t>Delorme Alan</t>
   </si>
   <si>
     <t>Fernandes Francisco</t>
   </si>
   <si>
     <t>Garjah Ariane</t>
   </si>
   <si>
     <t>Hettiyakandage Gladwin</t>
   </si>
   <si>
     <t>Kugathas Selvarasha</t>
   </si>
   <si>
     <t>Labe Jean-Claude</t>
   </si>
   <si>
     <t>Lusardi Frédéric</t>
   </si>
   <si>
-    <t>M3egqu2y Gsyffdxq</t>
+    <t>Mudali Mahipala Gaveen</t>
   </si>
   <si>
     <t>Pantzos Athena</t>
   </si>
   <si>
     <t>Pereira Fabian</t>
   </si>
   <si>
     <t>Perkin Julian</t>
   </si>
   <si>
     <t>Pidial Chandrakant</t>
   </si>
   <si>
     <t>Pidial Laetitia</t>
   </si>
   <si>
     <t>Pidial Steven</t>
   </si>
   <si>
     <t>Pidial Stéphanie</t>
   </si>
   <si>
     <t>Pidial Yoann</t>
   </si>