--- v0 (2025-11-03)
+++ v1 (2025-12-18)
@@ -85,51 +85,51 @@
   <si>
     <t>Bascarane Dinesh</t>
   </si>
   <si>
     <t>Berthélémy Thierry</t>
   </si>
   <si>
     <t>Cadet Christian</t>
   </si>
   <si>
     <t>Cedric Fourcade</t>
   </si>
   <si>
     <t>Colin Thibault</t>
   </si>
   <si>
     <t>Dubus Roland</t>
   </si>
   <si>
     <t>Ducher Yuvaradj</t>
   </si>
   <si>
     <t>Felizardo Renato</t>
   </si>
   <si>
-    <t>Fernandez Francisco</t>
+    <t>Fernandes Francisco</t>
   </si>
   <si>
     <t>Gnanadicom Christy</t>
   </si>
   <si>
     <t>Hasrouni Samy</t>
   </si>
   <si>
     <t>Huchet Thierry</t>
   </si>
   <si>
     <t>Jupiter Sattirabady</t>
   </si>
   <si>
     <t>Lamy Benoît</t>
   </si>
   <si>
     <t>Lusardi Frédéric</t>
   </si>
   <si>
     <t>Mothe Norbert</t>
   </si>
   <si>
     <t>Nandakumar Kandasamy</t>
   </si>