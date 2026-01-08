--- v1 (2025-12-18)
+++ v2 (2026-01-08)
@@ -136,51 +136,51 @@
   <si>
     <t>Pereira Fabian</t>
   </si>
   <si>
     <t>Pidial Chandrakant</t>
   </si>
   <si>
     <t>Pidial Laetitia</t>
   </si>
   <si>
     <t>Pidial Yoann</t>
   </si>
   <si>
     <t>Rajadurai Alfred</t>
   </si>
   <si>
     <t>Rayar Gérard</t>
   </si>
   <si>
     <t>Sieger Kevin</t>
   </si>
   <si>
     <t>Soudidier Olivier</t>
   </si>
   <si>
-    <t>Sudath Alwis</t>
+    <t>W. De Alwis Sudath Priyashantha</t>
   </si>
   <si>
     <t>Telias Olivier</t>
   </si>
   <si>
     <t>Tworek Frédéric</t>
   </si>
   <si>
     <t>Venou Mouraly</t>
   </si>
   <si>
     <t>Board</t>
   </si>
   <si>
     <t>Competitor 1</t>
   </si>
   <si>
     <t>Competitor 2</t>
   </si>
   <si>
     <t>Score 1</t>
   </si>
   <si>
     <t>Score 2</t>
   </si>